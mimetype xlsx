--- v0 (2025-10-26)
+++ v1 (2026-01-07)
@@ -98,51 +98,51 @@
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.note.author[de]</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>7f0b648f-14fc-4e05-a8c3-dfa6ad993dfd</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Janzen Ulbricht, Natasha</t>
+    <t>Janzen-Ulbricht, Natasha</t>
   </si>
   <si>
     <t>2023-05-22T12:38:31Z</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>What kind of practice makes perfect when children learn to use grammatical morphemes in a second language? Gestures are communicative hand and arm movements which teachers naturally employ as a teaching tool in the classroom. Gesture theory has proposed that gestures package information and previous studies suggest their value for teaching specific items, such as words, as well as abstract systems, such as language. There is broad consensus that implicit learning mechanisms in children are more developed than explicit ones and that everyday use of grammar is implicit and entails developing implicit knowledge. However, while many learners have difficulties acquiring new morpho-syntactic structures, such as the plural{-s} and 3rd person possessive {-s} in English, research on gesture and syntax in middle childhood remains rare. The present study (N = 19) was conducted to better understand if gestures which embody grammatical morphemes during instruction can contribute to procedural learning. Using a novel task, the gesture speeded fragment completion task, our behavioral results show a decrease in mean response times after instruction in the test condition utilizing syntactically specific gestures. This increase in procedural learning suggests that learners in this age group can benefit from embodied instruction in the classroom which visually differentiates between grammatical morphemes which differ in meaning but sound the same.</t>
   </si>
   <si>
     <t>22 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/39404||http://dx.doi.org/10.17169/refubium-39121</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>400 Sprache::410 Linguistik::410 Linguistik</t>
   </si>