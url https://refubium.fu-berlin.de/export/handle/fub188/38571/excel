--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -110,51 +110,51 @@
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.url</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.note.author[de]</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>5579ae05-9e22-466f-a2fd-ab10fa8bd443</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Li, S.||Koulentianos, D.||Southworth, S. H.||Doumy, G.||Young, L.||Walko, D. A.||Püttner, Ralph||Bozek, John D.||Céolin, D.||Verma, A.||Guillemin, R.||Piancastelli, M. N.||Simon, M.||Gerchikov, L. G.||Sheinerman, S. A.</t>
+    <t>Li, S.||Koulentianos, Dimitris||Southworth, S. H.||Doumy, G.||Young, L.||Walko, D. A.||Püttner, Ralph||Bozek, John D.||Céolin, D.||Verma, A.||Guillemin, R.||Piancastelli, M. N.||Simon, M.||Gerchikov, L. G.||Sheinerman, S. A.</t>
   </si>
   <si>
     <t>2023-04-13T08:24:14Z</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>We report on an experimental and theoretical study of postcollision interaction (PCI) effects on L2−M4,5N2,3 Auger electrons measured above the Kr K-edge in which L2 vacancies are primarily generated by KL2 x-ray emission. Such cascade processes, in which a deep inner-shell vacancy decays first by x-ray emission followed by Auger electron emission, is a strong decay mode in heavy atoms. The L2−M4,5N2,3 Auger electron peak is observed to become increasingly asymmetric with a shifting peak maximum as the absorbed x-ray energy approaches the K-shell ionization threshold. This is attributed to PCI energy exchanges of the Auger electron with the 1s photoelectron. To model the PCI effects, we have applied a semiclassical approach modified to account for the combined lifetimes of the K and L2 hole states. In addition, our analysis treats several closely spaced Auger transitions with final ionic states having different terms and angular momenta.</t>
   </si>
   <si>
     <t>19 Seiten (Manuskriptversion)</t>
   </si>
   <si>
     <t>91316</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/38571||http://dx.doi.org/10.17169/refubium-38287</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>