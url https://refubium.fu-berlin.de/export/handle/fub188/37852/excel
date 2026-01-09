--- v0 (2025-10-17)
+++ v1 (2026-01-09)
@@ -86,63 +86,63 @@
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
-    <t>refubium.note.author[]</t>
+    <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>4c63672d-19f6-4b96-b077-fc369877b59e</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Hansen, Sabrina||Menandro, Maria Luisa||Franzo, Giovanni||Krabben, Ludwig||Marino, Stephen F.||Kaufer, Benedikt||Denner, Joachim</t>
+    <t>Hansen, Sabrina||Menandro, Maria Luisa||Franzo, Giovanni||Krabben, Ludwig||Marino, Stephen F.||Kaufer, Benedikt B.||Denner, Joachim</t>
   </si>
   <si>
     <t>2023-02-06T12:57:30Z</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Porcine cytomegalovirus (PCMV), a porcine roseolovirus (PRV) that is closely related to human herpesviruses 6 and 7, is commonly found in commercial pigs. PCMV/PRV is important in xenotransplantation, because in preclinical trials in which pig organs were transplanted into non-human primates, transmission of PCMV/PRV was shown to be associated with significantly reduced survival of the xenotransplants. PCMV/PRV was also transmitted in the first transplantation of a pig heart into a human patient worldwide and apparently contributed to the death of the patient. The prevalence of PCMV/PRV in wild boars is largely unknown. In this study, we screened wild boars from several areas of northern Italy and Germany to test for the presence of PCMV/PRV using PCR-based and Western blot assays. By Western blot analysis, 54% and 82% of Italian and German wild boars, respectively, were found to be PCMV/PRV positive, while 36% and 60%, respectively, tested positive by real-time polymerase chain reaction (PCR). These data indicate that the virus is common in German and Italian wild boars and that the Western blot assay detected a PCMV/PRV infection more often than did real-time PCR. The data also indicate that pigs raised for xenotransplantation should be protected from contact with materials from wild boars and commercial pigs.</t>
   </si>
   <si>
     <t>8 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/37852||http://dx.doi.org/10.17169/refubium-37565</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft::630 Landwirtschaft und verwandte Bereiche</t>
   </si>