--- v0 (2025-11-01)
+++ v1 (2026-01-02)
@@ -101,51 +101,51 @@
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>0b58c2ca-851e-4049-939c-a8086e2f86e6</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Grześkowiak, Łukasz||Saliu, Eva-Maria||Martínez-Vallespín, Beatriz||Aschenbach, Jörg R.||Brockmann, Gudrun A.||Fulde, Marcus||Hartmann, Susanne||Vahjen, Wilfried||Wessels, Anna Grete||Zentek, Jürgen</t>
+    <t>Grześkowiak, Łukasz M.||Saliu, Eva-Maria||Martínez-Vallespín, Beatriz||Aschenbach, Jörg R.||Brockmann, Gudrun A.||Fulde, Marcus||Hartmann, Susanne||Vahjen, Wilfried||Wessels, Anna Grete||Zentek, Jürgen</t>
   </si>
   <si>
     <t>2023-04-12T05:45:43Z</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Dietary fiber (DF) is receiving increasing attention, and its importance in pig nutrition is now acknowledged. Although DF for pigs was frowned upon for a long time because of reductions in energy intake and digestibility of other nutrients, it has become clear that feeding DF to pigs can affect their well-being and health. This review aims to summarize the state of knowledge of studies on DF in pigs, with an emphasis on the underlying mode of action, by considering research using DF in sows as well as suckling and weaned piglets, and fattening pigs. These studies indicate that DF can benefit the digestive tracts and the health of pigs, if certain conditions or restrictions are considered, such as concentration in the feed and fermentability. Besides the chemical composition and the impact on energy and nutrient digestibility, it is also necessary to evaluate the possible physical and physiologic effects on intestinal function and intestinal microbiota, to better understand the relation of DF to animal health and welfare. Future research should be designed to provide a better mechanistic understanding of the physiologic effects of DF in pigs.</t>
   </si>
   <si>
     <t>29 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/37817||http://dx.doi.org/10.17169/refubium-37530</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft::630 Landwirtschaft und verwandte Bereiche</t>
   </si>