--- v0 (2025-10-03)
+++ v1 (2026-01-01)
@@ -98,51 +98,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>b9432ff9-5020-42d9-bc30-d6db01f589c0</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Trung, Minh Nguyen||Kieninger, Stefanie||Fandi, Zeinab||Qiu, Danye||Liu, Guizhen||Mehendale, Neelay K.||Saiardi, Adolfo||Jessen, Henning||Keller, Bettina||Fiedler, Dorothea</t>
+    <t>Trung, Minh Nguyen||Kieninger, Stefanie||Fandi, Zeinab||Qiu, Danye||Liu, Guizhen||Mehendale, Neelay K.||Saiardi, Adolfo||Jessen, Henning||Keller, Bettina G.||Fiedler, Dorothea</t>
   </si>
   <si>
     <t>2023-01-18T12:08:35Z</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>The water-soluble inositol phosphates (InsPs) represent a functionally diverse group of small-molecule messengers involved in a myriad of cellular processes. Despite their centrality, our understanding of human InsP metabolism is incomplete because the available analytical toolset to characterize and quantify InsPs in complex samples is limited. Here, we have synthesized and applied symmetrically and unsymmetrically 13C-labeled myo-inositol and inositol phosphates. These probes were utilized in combination with nuclear magnetic resonance spectroscopy (NMR) and capillary electrophoresis mass spectrometry (CE-MS) to investigate InsP metabolism in human cells. The labeling strategy provided detailed structural information via NMR─down to individual enantiomers─which overcomes a crucial blind spot in the analysis of InsPs. We uncovered a novel branch of InsP dephosphorylation in human cells which is dependent on MINPP1, a phytase-like enzyme contributing to cellular homeostasis. Detailed characterization of MINPP1 activity in vitro and in cells showcased the unique reactivity of this phosphatase. Our results demonstrate that metabolic labeling with stable isotopomers in conjunction with NMR spectroscopy and CE-MS constitutes a powerful tool to annotate InsP networks in a variety of biological contexts.</t>
   </si>
   <si>
     <t>12 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/37680||http://dx.doi.org/10.17169/refubium-37395</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::540 Chemie::540 Chemie und zugeordnete Wissenschaften</t>
   </si>