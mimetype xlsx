--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -98,51 +98,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.note.author[en]</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>69bc2748-67c3-4317-acf3-29535bda23fa</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Ghazanfari, Mohammad R.||Santhosh, Archa||Vrijmoed, Johannes C.||Siemensmeyer, Konrad||Peters, Bertram||Dehnen, Stefanie||Jerabek, Paul||Thiele, Günther</t>
+    <t>Ghazanfari, Mohammad Reza||Santhosh, Archa||Vrijmoed, Johannes C.||Siemensmeyer, Konrad||Peters, Bertram||Dehnen, Stefanie||Jerabek, Paul||Thiele, Günther</t>
   </si>
   <si>
     <t>2022-12-01T10:14:56Z</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>High yields of phase-pure K3[Fe2S4] are obtained using a fast, straight-forward, and efficient synthetic technique starting from the binary precursors K2S and FeS, and elemental sulphur. The compound indicates soft ferrimagnetic characteristics with magnetization of 15.23 A m2 kg−1 at 300 K due to the mixed valence of FeII/FeIII. Sintering at different temperatures allows the manipulation of the microstructure as well as the ratio of grains to grain boundaries. This results in a variation of dielectric and impedance properties. Samples sintered at 923 K demonstrate a dielectric constant (κ) of around 1750 at 1 kHz, which lies within the range of well-known high-κ dielectric materials, and an ionic conductivity of 4 × 10−2 mS cm−1 at room temperature. The compound has an optical band gap of around 2.0 eV, in agreement with tailored quantum chemical calculations. These results highlight its potential as a material comprising non-toxic and abundant elements for electronic and magnetic applications.</t>
   </si>
   <si>
     <t>8 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/37116||http://dx.doi.org/10.17169/refubium-36829</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by-nc/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::540 Chemie::540 Chemie und zugeordnete Wissenschaften</t>
   </si>