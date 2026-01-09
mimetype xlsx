--- v0 (2025-10-02)
+++ v1 (2026-01-09)
@@ -98,51 +98,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>2565c7dd-931d-4667-be01-d8147025c7ed</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Dißmann, L.||Heinicke, J.||Jensen, K. Charlotte||Amon, Thomas||Hoffmann, G.</t>
+    <t>Dißmann, L.||Heinicke, J.||Jensen, Katharina Charlotte||Amon, Thomas||Hoffmann, G.</t>
   </si>
   <si>
     <t>2022-11-30T12:33:49Z</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Respiration rate (RR) is a proficient indicator to measure the health status of cattle. The common method of measurement is to count the number of respiratory cycles each minute based on flank movements. However, there is no consistent method of execution. In previous studies, various methods have been described, including counting flank movements for 15 s, 30 s or 60 s as well as stopping the time for 5 or 10 breaths. We assume that the accuracy of the aforementioned methods differs. Therefore, we compared their precision with an RR sensor, which was used as the reference method in this study. Five scientists from the fields of agricultural science and veterinary medicine quantified the flank movement according to each of the five methods mentioned above. The results showed that with an average RR of 30 breaths per minute (bpm), all methods showed a high correlation to the values of the RR sensor. However, counting breaths for 60 s had the highest level of conformity with the RR sensor (Lin`s concordance correlation coefficient: 0.96) regardless of the level of RR. With rising RR, the inaccuracy increased significantly for the other four investigated methods, especially when counting 5 and 10 breaths. Therefore, we would recommend that counting for 60 s should be used as the standard method for future studies due to its high precision regardless of the level of RR.</t>
   </si>
   <si>
     <t>5 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/36327||http://dx.doi.org/10.17169/refubium-36043</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft::630 Landwirtschaft und verwandte Bereiche</t>
   </si>