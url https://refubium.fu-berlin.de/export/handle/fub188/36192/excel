--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -101,51 +101,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.urn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.note.author[de]</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>ae01b00b-970f-448c-be0b-d90d61173578</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Janzen Ulbricht, Natasha</t>
+    <t>Janzen-Ulbricht, Natasha</t>
   </si>
   <si>
     <t>2022-09-07T04:56:26Z</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Die Forschung auf dem Gebiet des performativen Lehrens und Lernens hat in den letzten Jahrzehnten zugenommen. Dieses Wachstum ging mit einer stärkeren Betonung der evidenzbasierten Praxis einher. Experimentieren ist jedoch komplex, und Forschende müssen viele Hindernisse sorgfältig und verantwortungsbewusst überwinden. Trotz der Herausforderungen, die dieser Bereich mit sich bringt, sind viele Praktiker*innen ernsthaft daran interessiert, wie und warum Theater "funktioniert". Die folgenden Gedanken untersuchen den Prozess des Experimentierens unter naturalistischen Bedingungen im Fremdsprachenunterricht und zeigen einen konzeptionellen Rahmen auf, der die qualitative Datenerhebung in ein experimentelles Design einbettet. Die hier vorgestellten Ideen stellen keinen einzigartigen Beitrag zur performativen pädagogischen Forschung dar, da Experimente mit ähnlichen Designs in der Literatur bereits zu finden sind. Trotzdem können diese Überlegungen als eine umfassende Fallstudie betrachtet werden, in der ich versuche, die Arbeit von Lehrkräften mit der wissenschaftlichen Praxis zu verbinden und zu fördern.</t>
   </si>
   <si>
     <t>16 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/36192||http://dx.doi.org/10.17169/refubium-35908</t>
   </si>
   <si>
     <t>ger</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by-nd/4.0/</t>
   </si>
   <si>
     <t>400  Language::410 Linguistics::418 Standard usage; Applied linguistics</t>
   </si>