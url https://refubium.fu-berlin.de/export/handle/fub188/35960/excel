--- v0 (2025-10-28)
+++ v1 (2026-01-12)
@@ -104,51 +104,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.series.issueNumber</t>
   </si>
   <si>
     <t>f1cd60c0-56b4-43d6-a8e9-e3d40c5a7a5d</t>
   </si>
   <si>
     <t>fub188/29683</t>
   </si>
   <si>
-    <t>Abar, Aydin||Bernbeck, Reinhard||Forster, Christoph||Greger, Johannes||Jauss, Carolin||Pollock, Susan</t>
+    <t>Abar, Aydin||Bernbeck, Reinhard||Forster, Christoph||Greger, Johannes||Jauß, Carolin||Pollock, Susan</t>
   </si>
   <si>
     <t>2012-08-01T12:48:38Z</t>
   </si>
   <si>
     <t>2022-08-19T12:48:38Z</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>Diese Themenausgabe, die sich möglichen Perspektiven für eine Kritische Archäologie widmet, ist der Beginn der neuen Open-Access-Zeitschrift Forum Kritische Archäologie. Dem Namen gemäß wollen wir ein Forum für Diskussionen und Debatten rund um Fragen einer kritischen Archäologie bieten, einem Denkansatz, der in der englischsprachigen Archäologie seit den 1980er Jahren diskutiert wird. Unser Ziel ist es, mit diesem Forum einen Raum zu schaffen, in dem sich vor allem auch innerhalb der deutschsprachigen Archäologie, Diskussionen in neue Richtungen entwickeln können.</t>
   </si>
   <si>
     <t>This theme issue devoted to “Perspectives for Critical Archaeologies” launches a new open-access platform, the Forum Kritische Archäologie. As the name suggests, our goal is to provide a forum for discussions and debates around the topic of critical archaeology. The concept of critical archaeology has been discussed in the English-language archaeological community since the 1980s. Our aim with this open-access forum is to provide a space for discussions to develop, potentially in novel directions, within – but not limited to – a Germanlanguage scientific community.</t>
   </si>
   <si>
     <t>2 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/35960||http://dx.doi.org/10.17169/refubium-35675</t>
   </si>
   <si>
     <t>ger||eng</t>
   </si>