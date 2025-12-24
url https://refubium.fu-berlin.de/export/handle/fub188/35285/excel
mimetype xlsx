--- v0 (2025-10-27)
+++ v1 (2025-12-24)
@@ -95,51 +95,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>0a1e480d-13a5-4f86-9096-547a75721fe5</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Hassan, Kareem E.||Ahrens, Ann Kathrin||Ali, Ahmed||El-Kady, Magdy F.||Hafez, Hafez M.||Mettenleiter, Thomas C.||Beer, Martin||Harder, Timm</t>
+    <t>Hassan, Kareem E.||Ahrens, Ann Kathrin||Ali, Ahmed||El-Kady, Magdy F.||Hafez, Hafez Mohamed||Mettenleiter, Thomas C.||Beer, Martin||Harder, Timm</t>
   </si>
   <si>
     <t>2022-06-16T13:52:29Z</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Avian influenza virus (AIV) variants emerge frequently, which challenges rapid diagnosis. Appropriate diagnosis reaching the sub- and pathotype level is the basis of combatting notifiable AIV infections. Real-time RT-PCR (RT-qPCR) has become a standard diagnostic tool. Here, a total of 24 arrayed RT-qPCRs is introduced for full subtyping of 16 hemagglutinin and nine neuraminidase subtypes of AIV. This array, designated Riems Influenza A Typing Array version 2 (RITA-2), represents an updated and economized version of the RITA-1 array previously published by Hoffmann et al. RITA-2 provides improved integration of assays (24 instead of 32 parallel reactions) and reduced assay volume (12.5 µL). The technique also adds RT-qPCRs to detect Newcastle Disease (NDV) and Infectious Bronchitis viruses (IBV). In addition, it maximizes inclusivity (all sequences within one subtype) and exclusivity (no intersubtypic cross-reactions) as shown in validation runs using a panel of 428 AIV reference isolates, 15 reference samples each of NDV and IBV, and 122 clinical samples. The open format of RITA-2 is particularly tailored to subtyping influenza A virus of avian hosts and Eurasian geographic origin. Decoupling and re-arranging selected RT-qPCRs to detect specific AIV variants causing epizootic outbreaks with a temporal and/or geographic restriction is possible.</t>
   </si>
   <si>
     <t>19 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/35285||http://dx.doi.org/10.17169/refubium-35001</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::610 Medizin und Gesundheit::616 Krankheiten</t>
   </si>