--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -98,51 +98,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.note.author[de]</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>bf703ba0-b097-4642-91e1-63f342399501</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Marks, Hannah||Grześkowiak, Łukasz||Martinez-Vallespin, Beatriz||Dietz, Heiko||Zentek, Jürgen</t>
+    <t>Marks, Hannah||Grześkowiak, Łukasz M.||Martinez-Vallespin, Beatriz||Dietz, Heiko||Zentek, Jürgen</t>
   </si>
   <si>
     <t>2022-05-12T11:50:13Z</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Numerous bioactive plant additives have shown various positive effects in pigs and chickens. The demand for feed additives of natural origin has increased rapidly in recent years to support the health of farm animals and thus minimize the need for antibiotics and other drugs. Although only in vivo experiments can fully represent their effect on the organism, the establishment of reliable in vitro methods is becoming increasingly important in the goal of reducing the use of animals in experiments. The use of cell models requires strict control of the experimental conditions so that reliability and reproducibility can be achieved. In particular, the intestinal porcine epithelial cell line IPEC-J2 represents a promising model for the development of new additives. It offers the possibility to investigate antioxidative, antimicrobial, anti- or pro-proliferative and antiviral effects. However, the use of IPEC-J2 is limited due to its purely epithelial origin and some differences in its morphology and functionality compared to the in vivo situation. With regard to chickens, the development of a reliable intestinal epithelial cell model has attracted the attention of researchers in recent years. Although a promising model was presented lately, further studies are needed to enable the standardized use of a chicken cell line for testing phytogenic feed additives. Finally, co-cultivation of the currently available cell lines with other cell lines and the development of organoids will open up further application possibilities. Special emphasis was given to the IPEC-J2 cell model. Therefore, all publications that investigated plant derived compounds in this cell line were considered. The section on chicken cell lines is based on publications describing the development of chicken intestinal epithelial cell models.</t>
   </si>
   <si>
     <t>21 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/35002||http://dx.doi.org/10.17169/refubium-34718</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft::630 Landwirtschaft und verwandte Bereiche</t>
   </si>