--- v0 (2025-11-18)
+++ v1 (2026-01-10)
@@ -107,51 +107,51 @@
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.url</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>a654c357-3c57-42d1-9c04-63536c8001cd</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Boudjemia, Nacer||Jänkälä, K.||Gejo, T.||Kohmura, Y.||Huttula, M.||Piancastelli, M. N.||Simon, M.||Oura, M.||Püttner, Ralph</t>
+    <t>Boudjemia, Nacer||Jänkälä, Kari||Gejo, T.||Kohmura, Y.||Huttula, M.||Piancastelli, M. N.||Simon, M.||Oura, M.||Püttner, Ralph</t>
   </si>
   <si>
     <t>2022-07-13T06:56:36Z</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>The LMM Auger spectra of krypton are measured using the photon energies hν=1709 eV, 1792 eV, 1950 eV, and 13 keV. This approach allows separating the contributions from the various core holes L1, L2, and L3. Previously unobserved transitions are presented. Complementary theoretical work is performed allowing the assignment of the spectral features. The L2,3Y−MMY (Y=M4,5,N1,2,3) Auger transitions of Kr2+ formed via Coster-Kronig Auger decay of the core holes L1 and L2 are also investigated. These spectra comprise about 4000 and 13 000 transitions, respectively, so that only general statements on the assignment, such as the configurations involved in the transitions, can be given.</t>
   </si>
   <si>
     <t>13 Seiten (Manuskriptversion)</t>
   </si>
   <si>
     <t>83077</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/34129||http://dx.doi.org/10.17169/refubium-33847</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>