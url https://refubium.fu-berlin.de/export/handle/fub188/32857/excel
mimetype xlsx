--- v0 (2025-10-03)
+++ v1 (2025-12-31)
@@ -92,51 +92,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>898f9214-7973-4a01-b093-0a42831837bf</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Wang, Jiang||Charron, Nicholas||Husic, Brooke||Olsson, Simon||Noé, Frank||Clementi, Cecilia</t>
+    <t>Wang, Jiang||Charron, Nicholas||Husic, Brooke E.||Olsson, Simon||Noé, Frank||Clementi, Cecilia</t>
   </si>
   <si>
     <t>2021-11-25T12:36:09Z</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>The use of coarse-grained (CG) models is a popular approach to study complex biomolecular systems. By reducing the number of degrees of freedom, a CG model can explore long time- and length-scales inaccessible to computational models at higher resolution. If a CG model is designed by formally integrating out some of the system’s degrees of freedom, one expects multi-body interactions to emerge in the effective CG model’s energy function. In practice, it has been shown that the inclusion of multi-body terms indeed improves the accuracy of a CG model. However, no general approach has been proposed to systematically construct a CG effective energy that includes arbitrary orders of multi-body terms. In this work, we propose a neural network based approach to address this point and construct a CG model as a multi-body expansion. By applying this approach to a small protein, we evaluate the relative importance of the different multi-body terms in the definition of an accurate model. We observe a slow convergence in the multi-body expansion, where up to five-body interactions are needed to reproduce the free energy of an atomistic model.</t>
   </si>
   <si>
     <t>11 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/32857||http://dx.doi.org/10.17169/refubium-32583</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik::530 Physik</t>
   </si>