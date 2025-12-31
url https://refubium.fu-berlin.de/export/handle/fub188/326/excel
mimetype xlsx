--- v0 (2025-10-20)
+++ v1 (2025-12-31)
@@ -98,51 +98,51 @@
   <si>
     <t>dcterms.accessRights.dnb</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.format[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>e81609b0-1f5f-40a2-be93-d2a87ce9e654</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Wildbrett, Kathrin geb. Biesel</t>
+    <t>Wildbrett, Kathrin (geb. Biesel)</t>
   </si>
   <si>
     <t>Prof. Dr. Carsten Niemitz</t>
   </si>
   <si>
     <t>Prof. Dr. Sikle Kipper</t>
   </si>
   <si>
     <t>w</t>
   </si>
   <si>
     <t>2010-09-10</t>
   </si>
   <si>
     <t>2018-06-07T14:44:11Z</t>
   </si>
   <si>
     <t>2010-09-20T10:40:22.031Z</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>Die Frage nach emotionalen Unterschieden zwischen Männern und Frauen
 beschäftigt die Wissenschaft nach wie vor und gibt ihr immer wieder Rätsel