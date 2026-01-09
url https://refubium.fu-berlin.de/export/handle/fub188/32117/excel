--- v0 (2025-10-23)
+++ v1 (2026-01-09)
@@ -104,51 +104,51 @@
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>050a2e9a-9ac7-4181-877c-ceb7909bb9ff</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Hafez, Hafez M.||Attia, Youssef A.||Bovera, Fulvia||Abd El-Hack, Mohamed E.||Khafaga, Asmaa F.||Oliveira, Maria Cristina de</t>
+    <t>Hafez, Hafez Mohamed||Attia, Youssef A.||Bovera, Fulvia||Abd El-Hack, Mohamed E.||Khafaga, Asmaa F.||Oliveira, Maria Cristina de</t>
   </si>
   <si>
     <t>2021-09-30T11:23:16Z</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Although chickens are not susceptible to SARS-CoV-2, several coronavirus disease outbreaks have been described concerning poultry processing facilities in different countries. The COVID-19 pandemic and the developed strain caused 2nd, 3rd, and recent Indian strain waves of epidemics that have led to unexpected consequences, such as forced reductions in demands for some industries, transportation systems, employment, and businesses due to public confinement. Besides, poultry processing plants' conditions exacerbate the risks due to the proximity on the line, cold, and humidity. Most workers do not have access to paid sick time or adequate health care, and because of the low wages, they have limited reserves to enable them to leave steady employment. In addition, workers in meat and poultry slaughterhouses may be infected through respiratory droplets in the air and/or from touching dirty surfaces or objects such as workstations, break room tables, or tools. Egg prices have increased dramatically during the lockdown as consumers have started to change their behaviors and habits. The COVID pandemic might also substantially impact the international poultry trade over the next several months. This review will focus on the effect of COVID-19 on poultry production, environmental sustainability, and earth systems from different process points of view.</t>
   </si>
   <si>
     <t>12 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/32117||http://dx.doi.org/10.17169/refubium-31845</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft::630 Landwirtschaft und verwandte Bereiche</t>
   </si>