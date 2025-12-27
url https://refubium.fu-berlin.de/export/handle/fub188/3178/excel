--- v0 (2025-11-05)
+++ v1 (2025-12-27)
@@ -101,51 +101,51 @@
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.format[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>dfbee90f-2fcf-4beb-a439-6ee5338720e5</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Hoppe (geb.Stephan), Anja</t>
+    <t>Hoppe, Anja (geb. Stephan)</t>
   </si>
   <si>
     <t>Prof. Dr. Peter-Henning Clausen</t>
   </si>
   <si>
     <t>Univ.-Prof. Dr. Dieter Mehlitz||Univ.-Prof. Dr. Heinz Mehlhorn</t>
   </si>
   <si>
     <t>w</t>
   </si>
   <si>
     <t>2013-01-21</t>
   </si>
   <si>
     <t>2018-06-07T16:55:44Z</t>
   </si>
   <si>
     <t>2013-04-25T11:03:05.691Z</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>Aufgrund schwerer Ausbrüche der Blauzungenkrankheit in den Jahren 2006/2007 in
 Deutschland in Abwesenheit des afrikanischen Hauptvektors Culicoides imicola