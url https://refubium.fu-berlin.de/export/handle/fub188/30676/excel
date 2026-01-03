--- v0 (2025-10-21)
+++ v1 (2026-01-03)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="57">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
@@ -83,54 +83,54 @@
   <si>
     <t>dcterms.bibliographicCitation.doi</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
-    <t>refubium.funding[]</t>
-[...2 lines deleted...]
-    <t>refubium.note.author[]</t>
+    <t>refubium.funding</t>
+  </si>
+  <si>
+    <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>0ca9072a-6284-4cde-ac1e-a87876c97743</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
     <t>Steiner, Michael||Yang, Ben||Hohl, Simon||Li, Da||Donoghue, Philip</t>
   </si>
   <si>
     <t>2021-05-07T10:18:20Z</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Fossilized invertebrate embryonic and later developmental stages are rare and restricted largely to the Ediacaran-Cambrian, providing direct insight into development during the emergence of animal bodyplans. Here we report a new assemblage of eggs, embryos and bilaterian post-embryonic developmental stages from the early Cambrian Salanygol Formation of Dzhabkan Microcontinent of Mongolia. The post-embryonic developmental stages of the bilaterian are preserved with cellular fidelity, possessing a series of bilaterally arranged ridges that compare to co-occurring camenellan sclerites in which the initial growth stages retain the cellular morphology of modified juveniles. In this work we identify these fossils as early post-embryonic developmental stages of camenellans, an early clade of stem-brachiopods, known previously only from isolated sclerites. This interpretation corroborates previous reconstructions of camenellan scleritomes with sclerites arranged in medial and peripheral concentric zones. It further supports the conjecture that molluscs and brachiopods are descended from an ancestral vermiform and slug-like bodyplan. The Cambrian is known as a period of rapid animal diversification, but the development of these animals is not well characterized. Here, Steiner et al. describe a new assemblage of Cambrian eggs, embryos and early postembryonic stages from Mongolia that provides insight into ancient bilaterian development and evolution.</t>
   </si>
@@ -143,57 +143,60 @@
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::560 Fossilien, Paläontologie::560 Paläontologie, Paläozoologie</t>
   </si>
   <si>
     <t>Evolutionary developmental biology||Palaeontology||Mongolia</t>
   </si>
   <si>
     <t>Exceptionally preserved early Cambrian bilaterian developmental stages from Mongolia</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
+    <t>10.1038/s41467-021-21264-7</t>
+  </si>
+  <si>
+    <t>Nature Communications</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>https://doi.org/10.1038/s41467-021-21264-7</t>
-  </si>
-[...4 lines deleted...]
-    <t>1</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2041-1723</t>
   </si>
   <si>
     <t>Geowissenschaften</t>
   </si>
   <si>
     <t>Institut für Geologische Wissenschaften / Fachrichtung Paläontologie:::631d74cd-22f8-47dc-a89c-2355d9380999:::600</t>
   </si>
   <si>
     <t>Springer Nature DEAL</t>
   </si>
   <si>
     <t>Die Publikation wurde aus Open Access Publikationsgeldern der Freien Universität Berlin gefördert.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>WoS-Alert</t>
   </si>
@@ -378,69 +381,69 @@
       <c r="M2" t="s">
         <v>40</v>
       </c>
       <c r="N2" t="s">
         <v>41</v>
       </c>
       <c r="O2" t="s">
         <v>42</v>
       </c>
       <c r="P2" t="s">
         <v>43</v>
       </c>
       <c r="Q2" t="s">
         <v>44</v>
       </c>
       <c r="R2" t="s">
         <v>45</v>
       </c>
       <c r="S2" t="s">
         <v>46</v>
       </c>
       <c r="T2" t="s">
         <v>47</v>
       </c>
       <c r="U2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="V2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="W2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Y2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="Z2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AA2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="AB2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="AC2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>