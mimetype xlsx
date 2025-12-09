--- v0 (2025-10-02)
+++ v1 (2025-12-09)
@@ -95,51 +95,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>e4ed8835-6833-4612-a484-4ce450e53c2d</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Friedrich, I.||Reimann, K.||Jankuhn, S.||Kirilina, Evgeniya||Stieler, J.||Sonntag, M.||Meijer, J.||Weiskopf, N.||Reinert, T.||Arendt, Thomas</t>
+    <t>Friedrich, I.||Reimann, K.||Jankuhn, Steffen||Kirilina, Evgeniya||Stieler, J.||Sonntag, M.||Meijer, J.||Weiskopf, N.||Reinert, T.||Arendt, Thomas</t>
   </si>
   <si>
     <t>2021-04-23T11:18:39Z</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Iron is essential for neurons and glial cells, playing key roles in neurotransmitter synthesis, energy production and myelination. In contrast, high concentrations of free iron can be detrimental and contribute to neurodegeneration, through promotion of oxidative stress. Particularly in Parkinson's disease (PD) changes in iron concentrations in the substantia nigra (SN) was suggested to play a key role in degeneration of dopaminergic neurons in nigrosome 1. However, the cellular iron pathways and the mechanisms of the pathogenic role of iron in PD are not well understood, mainly due to the lack of quantitative analytical techniques for iron quantification with subcellular resolution. Here, we quantified cellular iron concentrations and subcellular iron distributions in dopaminergic neurons and different types of glial cells in the SN both in brains of PD patients and in non-neurodegenerative control brains (Co). To this end, we combined spatially resolved quantitative element mapping using micro particle induced X-ray emission (mu PIXE) with nickel-enhanced immunocytochemical detection of cell type-specific antigens allowing to allocate element-related signals to specific cell types. Distinct patterns of iron accumulation were observed across different cell populations. In the control (Co) SNc, oligodendroglial and astroglial cells hold the highest cellular iron concentration whereas in PD, the iron concentration was increased in most cell types in the substantia nigra except for astroglial cells and ferritin-positive oligodendroglial cells. While iron levels in astroglial cells remain unchanged, ferritin in oligodendroglial cells seems to be depleted by almost half in PD. The highest cellular iron levels in neurons were located in the cytoplasm, which might increase the source of non-chelated Fe3+, implicating a critical increase in the labile iron pool. Indeed, neuromelanin is characterised by a significantly higher loading of iron including most probable the occupancy of low-affinity iron binding sites. Quantitative trace element analysis is essential to characterise iron in oxidative processes in PD. The quantification of iron provides deeper insights into changes of cellular iron levels in PD and may contribute to the research in iron-chelating disease-modifying drugs.</t>
   </si>
   <si>
     <t>17 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/30503||http://dx.doi.org/10.17169/refubium-30243</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::570 Biowissenschaften; Biologie::570 Biowissenschaften; Biologie</t>
   </si>