--- v0 (2025-10-03)
+++ v1 (2026-01-10)
@@ -107,51 +107,51 @@
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.url</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>f3be3c17-2d94-44c1-a3d9-f5e2b5ce8614</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Decker, K. S. C.||Kennes, D. M.||Eisert, Jens||Karrasch, C.</t>
+    <t>Decker, K. S. C.||Kennes, Dante M.||Eisert, Jens||Karrasch, C.</t>
   </si>
   <si>
     <t>2021-11-08T13:25:05Z</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>Many-body localized systems in which interactions and disorder come together defy the expectations of quantum statistical mechanics: In contrast to ergodic systems, they do not thermalize when undergoing nonequilibrium dynamics. What is less clear, however, is how topological features interplay with many-body localized phases as well as the nature of the transition between a topological and a trivial state within the latter. In this paper, we numerically address these questions using a combination of extensive tensor network calculations, specifically density matrix renormalization-group-X, as well as exact diagonalization, leading to a comprehensive characterization of Hamiltonian spectra and eigenstate entanglement properties.</t>
   </si>
   <si>
     <t>7 Seiten (Manuskriptversion)</t>
   </si>
   <si>
     <t>81419</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/30342||http://dx.doi.org/10.17169/refubium-30083</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>