--- v0 (2025-10-03)
+++ v1 (2026-01-08)
@@ -107,51 +107,51 @@
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.url</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>b3ed2694-e26f-4973-9ea6-a5c769b685cd</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Marchenko, T.||Carniato, S.||Goldsztejn, G.||Travnikova, O.||Journel, L.||Guillemin, R.||Ismail, I.||Koulentianos, D.||Martins, J.||Céolin, D.||Püttner, Ralph||Piancastelli, M. N.||Simon, M.</t>
+    <t>Marchenko, T.||Carniato, S.||Goldsztejn, G.||Travnikova, O.||Journel, L.||Guillemin, R.||Ismail, I.||Koulentianos, Dimitris||Martins, J.||Céolin, D.||Püttner, Ralph||Piancastelli, M. N.||Simon, M.</t>
   </si>
   <si>
     <t>2021-03-26T11:51:11Z</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>We present a combined experimental and theoretical study of the double-core-hole photoelectron spectrum obtained in isolated water molecules irradiated with hard x-rays above the oxygen K−2 threshold. States of the type O K−2V and multiply excited states are created by single-photon absorption and subsequent one-electron emission. A detailed analysis enabled by high experimental resolution reveals dissociative nuclear dynamics in the K−2V pre-edge states. At the binding energies above the K−2 double-ionization potential, a complex spectral pattern is observed and attributed to highly excited states involving multiple shake-up excitation processes with the aid of state-of-the-art theoretical calculations. A strong broadening due to the nuclear motion indicates a highly dissociative nature of these multiply excited states, in agreement with the theoretical analysis.</t>
   </si>
   <si>
     <t>17 S. (Manuskriptversion)</t>
   </si>
   <si>
     <t>77860</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/30033||http://dx.doi.org/10.17169/refubium-29775</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>