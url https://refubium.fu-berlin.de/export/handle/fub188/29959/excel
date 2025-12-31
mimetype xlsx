--- v0 (2025-10-28)
+++ v1 (2025-12-31)
@@ -95,51 +95,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>1d8fb751-6b7c-47c9-88fd-7211f37bd43a</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Borlinghaus, Jan||Foerster (née Reiter), Jana||Kappler, Ulrike||Antelmann, Haike||Noll, Ulrike||Gruhlke, Martin C. H.||Slusarenko, Alan J.</t>
+    <t>Borlinghaus, Jan||Foerster (née Reiter), Jana||Kappler, Ulrike||Antelmann, Haike||Noll, Ulrike||Gruhlke, Martin Clemens Horst||Slusarenko, Alan J.</t>
   </si>
   <si>
     <t>2021-03-15T15:18:10Z</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>The volatile organic sulfur compound allicin (diallyl thiosulfinate) is produced as a defense substance when garlic (Allium sativum) tissues are damaged, for example by the activities of pathogens or pests. Allicin gives crushed garlic its characteristic odor, is membrane permeable and readily taken up by exposed cells. It is a reactive thiol-trapping sulfur compound that S-thioallylates accessible cysteine residues in proteins and low molecular weight thiols including the cellular redox buffer glutathione (GSH) in eukaryotes and Gram-negative bacteria, as well as bacillithiol (BSH) in Gram-positive firmicutes. Allicin shows dose-dependent antimicrobial activity. At higher doses in eukaryotes allicin can induce apoptosis or necrosis, whereas lower, biocompatible amounts can modulate the activity of redox-sensitive proteins and affect cellular signaling. This review summarizes our current knowledge of how bacterial and eukaryotic cells are specifically affected by, and respond to, allicin.</t>
   </si>
   <si>
     <t>22 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/29959||http://dx.doi.org/10.17169/refubium-29701</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::570 Biowissenschaften; Biologie::570 Biowissenschaften; Biologie</t>
   </si>