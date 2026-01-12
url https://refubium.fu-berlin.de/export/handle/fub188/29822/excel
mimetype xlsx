--- v0 (2025-10-03)
+++ v1 (2026-01-12)
@@ -86,69 +86,69 @@
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
-    <t>refubium.funding[]</t>
-[...2 lines deleted...]
-    <t>refubium.note.author[]</t>
+    <t>refubium.funding</t>
+  </si>
+  <si>
+    <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>8efc7a48-8679-45d0-9c42-bce7b2325640</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Wulkow, Niklas||Koltai, Peter||Schütte, Christof</t>
+    <t>Wulkow, Niklas||Koltai, Péter||Schütte, Christof</t>
   </si>
   <si>
     <t>2021-03-05T08:37:19Z</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>We investigate opinion dynamics based on an agent-based model and are interested in predicting the evolution of the percentages of the entire agent population that share an opinion. Since these opinion percentages can be seen as an aggregated observation of the full system state, the individual opinions of each agent, we view this in the framework of the Mori-Zwanzig projection formalism. More specifically, we show how to estimate a nonlinear autoregressive model (NAR) with memory from data given by a time series of opinion percentages, and discuss its prediction capacities for various specific topologies of the agent interaction network. We demonstrate that the inclusion of memory terms significantly improves the prediction quality on examples with different network topologies.</t>
   </si>
   <si>
     <t>42 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/29822||http://dx.doi.org/10.17169/refubium-29563</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::510 Mathematik::510 Mathematik</t>
   </si>