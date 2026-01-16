--- v0 (2025-10-19)
+++ v1 (2026-01-16)
@@ -80,51 +80,51 @@
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.isSupplementTo.doi</t>
   </si>
   <si>
     <t>refubium.isSupplementTo.url</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>cc0c2f25-361a-4326-813c-0931df1f7b6c</t>
   </si>
   <si>
     <t>fub188/7</t>
   </si>
   <si>
-    <t>Höhne (geb. Hofmann), Antonia</t>
+    <t>Höhne, Antonia (geb. Hofmann)</t>
   </si>
   <si>
     <t>data_collector</t>
   </si>
   <si>
     <t>2021-02-18T05:37:49Z</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>In the article, for which these analysis data forms the basis of what is discussed, the results of the evaluation of pXRF with regard to the limits and possibilities of reconstructing economic processes will be presented. Analysis data acquired using WDXRF showed that, for pottery from the middle Euphrates Valley, only chemical signatures partly specific to find spot could be worked out, which likely can be traced back to the geochemical conditions in the area of study. The measuring inaccuracy of pXRF, determined using comparisons with WD-XRF data, interferes with the chemical differentiability of the material.</t>
   </si>
   <si>
     <t>Complete list of analyses results used in the article "Evaluation and Calibration of the p-ED-XRF Analyser “Tracer” (Co. Bruker) for Classifying Pottery from the Middle Euphrates in Comparison with WD-XRF-Results" by Antonia Höhne (former Hofmann). Upper part of the table: analysis results of the WD-XRF (normalized). Lower part of the table: comparison of the results of WD-XRF (oxides of major elements for comparison calculated for not ignited samples) with the results of the p-ED-XRF devices (Tracer and, where available, Niton). The analysis results are sorted according to individual fragment numbers (“number of fragment”), which in turn is made up of the find-spot number and a continuous number. “total” = sum of oxides (in %) of the original measurement before the normalization of the WD-XRF values. “l.o.i.” = loss on ignition. “n.m.” = not measured.
 For the sake of completeness, the elements affected with larger measurement errors in WD-XRF were also listed (elements in brackets). Ce is empirically affected with large measurement errors in the Niton measurements. The elements Se, Ag, Cd, Sn, Sb, Au, Hg, Hi and U were, indeed, measured with the Niton device, but remained below “LOD” (“limit of detection”) and therefore are not listed in the table.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/29666||http://dx.doi.org/10.17169/refubium-29410</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>Freie Universität Berlin</t>