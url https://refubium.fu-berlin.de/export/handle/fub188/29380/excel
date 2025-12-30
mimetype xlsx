--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -92,51 +92,51 @@
   <si>
     <t>dcterms.bibliographicCitation.originalpublishername</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>4c09de14-3152-4239-b648-3414a96d03ee</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Xanthopoulou, Kyriaki||Carattoli, Alessandra||Wille, Julia||Biehl, Lena  M.||Rohde, Holger||Farowski, Fedja||Krut, Oleg||Villa, Laura||Feudi, Claudia||Seifert, Harald||Higgins, Paul  G.</t>
+    <t>Xanthopoulou, Kyriaki||Carattoli, Alessandra||Wille, Julia||Biehl, Lena  M.||Rohde, Holger||Farowski, Fedja||Krut, Oleg||Villa, Laura||Feudi, Claudia||Seifert, Harald||Higgins, Paul G.</t>
   </si>
   <si>
     <t>2021-01-28T13:40:56Z</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>Mobile genetic elements (MGEs), especially multidrug-resistance plasmids, are major vehicles for the dissemination of antimicrobial resistance determinants. Herein, we analyse the MGEs in three extensively drug-resistant (XDR) Klebsiella pneumoniae isolates from Germany. Whole genome sequencing (WGS) is performed using Illumina and MinION platforms followed by core-genome multi-locus sequence typing (MLST). The plasmid content is analysed by conjugation, S1-pulsed-field gel electrophoresis (S1-PFGE) and Southern blot experiments. The K. pneumoniae isolates belong to the international high-risk clone ST147 and form a cluster of closely related isolates. They harbour the blaOXA-181 carbapenemase on a ColKP3 plasmid, and 12 antibiotic resistance determinants on an multidrug-resistant (MDR) IncR plasmid with a recombinogenic nature and encoding a large number of insertion elements. The IncR plasmids within the three isolates share a high degree of homology, but present also genetic variations, such as inversion or deletion of genetic regions in close proximity to MGEs. In addition, six plasmids not harbouring any antibiotic resistance determinants are present in each isolate. Our study indicates that genetic variations can be observed within a cluster of closely related isolates, due to the dynamic nature of MGEs. The mobilome of the K. pneumoniae isolates combined with the emergence of the XDR ST147 high-risk clone have the potential to become a major challenge for global healthcare.</t>
   </si>
   <si>
     <t>13 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/29380||http://dx.doi.org/10.17169/refubium-29126</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::570 Biowissenschaften; Biologie::570 Biowissenschaften; Biologie</t>
   </si>