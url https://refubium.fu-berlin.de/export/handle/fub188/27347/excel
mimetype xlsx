--- v0 (2025-10-17)
+++ v1 (2026-01-07)
@@ -89,51 +89,51 @@
   <si>
     <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>374c78fe-5660-4aef-92ec-25e3e4ffb939</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Jürgens, P.||Vrakking, M. J. J.||Husakou, A.||Stoian, R.||Mermillod-Blondin, A.</t>
+    <t>Jürgens, P.||Vrakking, M. J. J.||Husakou, Anton||Stoian, R.||Mermillod-Blondin, A.</t>
   </si>
   <si>
     <t>2020-11-30T12:22:39Z</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>Laser-induced plasma formation and subsequent relaxation in dielectric solids is the precursor to structural modifications serving as the basis for direct laser writing of functional optical micro- and nanostructures. Based on an experimental arrangement combining a time-resolved transmission measurement with a cross-phase modulation measurement, we isolate the plasma formation and relaxation dynamics in the bulk of amorphous fused silica excited by femtosecond short-wavelength infrared (λ= 2100 nm) laser pulses. Whereas the relaxation time of the generated subcritical electron-hole plasma was so far assumed to be constant, our findings indicate an intensity-dependent relaxation time. We attribute this intensity dependence to vibrational activation of the medium, leading to detrapping of trapped carriers and a reduced trapping probability.</t>
   </si>
   <si>
     <t>6 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/27347||http://dx.doi.org/10.17169/refubium-27103</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik::530 Physik</t>
   </si>