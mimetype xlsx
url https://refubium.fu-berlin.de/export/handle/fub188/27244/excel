--- v0 (2025-10-30)
+++ v1 (2026-01-02)
@@ -92,51 +92,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>09dd3c07-4ed9-4579-94d6-0619a0141ead</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Nandi, U.||Abdelaziz, M. S.||Jaiswal, S.||Jakob, G.||Gueckstock, O.||Rouzegar, S. M.</t>
+    <t>Nandi, U.||Abdelaziz, M. S.||Jaiswal, S.||Jakob, G.||Gueckstock, Oliver||Rouzegar, S. M.</t>
   </si>
   <si>
     <t>2020-07-27T09:03:31Z</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>We demonstrate antenna-coupled spintronic terahertz (THz) emitters excited by 1550 nm, 90 fs laser pulses. Antennas are employed to optimize THz outcoupling and frequency coverage of ferromagnetic/nonmagnetic metallic spintronic structures. We directly compare the antenna-coupled devices to those without antennas. Using a 200 μm H-dipole antenna and an ErAs:InGaAs photoconductive receiver, we obtain a 2.42-fold larger THz peak-peak signal, a bandwidth of 4.5 THz, and an increase in the peak dynamic range (DNR) from 53 dB to 65 dB. A 25 μm slotline antenna offered 5 dB larger peak DNR and a bandwidth of 5 THz. For all measurements, we use a comparatively low laser power of 45 mW from a commercial fiber-coupled system that is frequently employed in table-top THz time-domain systems.
 This research was funded by the Deutsche Forschungsgemeinschaft (DFG, German Research Foundation) through Project Nos. 290319996/TRR173, 318612841, and 278381540/PR1413/3-1 (REPHCON) and project B02 of the SFB/TRR227 Ultrafast Spin Dynamics. We further acknowledge CST for the EM Simulation solver.</t>
   </si>
   <si>
     <t>7 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/27244||http://dx.doi.org/10.17169/refubium-27000</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik::530 Physik</t>