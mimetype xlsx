--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -98,51 +98,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>c2ef2e4d-065c-43bf-852d-f467495ff4de</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Goodarzi Boroojeni, F.||Männer, K.||Rieger, J.||Pérez Calvo, E.||Zentek, J.</t>
+    <t>Goodarzi Boroojeni, Farshad||Männer, K.||Rieger, J.||Pérez Calvo, E.||Zentek, J.</t>
   </si>
   <si>
     <t>2020-02-26T08:52:34Z</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>The current study evaluated the effects of different inclusion levels of microbial muramidase (Muramidase 007, DSM Nutritional Products) on gastrointestinal functionality by determination of apparent ileal digestibility (AID) of nutrients, investigation of intestinal histomorphology, and quantification of resulting growth performance. Four maize-wheat-soybean experimental diets were produced without (C) and with different dosages of muramidase: low (L, 25,000 LSU(F)/kg), medium (M, 35,000 LSU(F)/kg), and high (H, 45,000 LSU(F)/kg); diets were fed to broilers for 35 d. At the end of the experiment, AID of ether extract (EE), crude protein (CP), Ca, and P were determined and samples of the mid-jejunum and -ileum were collected for histomorphological observations. Data were subjected to ANOVA analysis using the GLM procedure. Orthogonal polynomial contrasts were used to assess linear and quadratic effects of different levels of the muramidase. At the end of the trial, Muramidase 007 supplementation linearly increased body weight gain and decreased feed conversion ratio (FCR) (P ≤ 0.05). Adding the muramidase to broiler diets also linearly increased the European poultry efficiency factor (P ≤ 0.05). Inclusion of the muramidase in broiler diets linearly increased AID of CP, EE, and P (P ≤ 0.05), and the H group had a higher AID of EE and CP compared to C group (P ≤ 0.05). Microbial muramidase supplementation linearly increased ileal villus length to crypt depth ratio and decreased the number of ileal CD45 cells (P ≤ 0.05). Broilers fed M and H diets had fewer number of CD45 cells in the ileum compared to those in C group (P ≤ 0.05). In conclusion, the results of the present study demonstrated that inclusion of the microbial muramidase in broiler diets could increase AID of key nutrients and improve growth performance in broilers. Adding microbial muramidase to broiler diets can therefore be considered as an interesting prospect to improve gastrointestinal functionality. Biological mechanisms causing these improvements need to be studied further.</t>
   </si>
   <si>
     <t>7 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/26746||http://dx.doi.org/10.17169/refubium-26503</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by-nc-nd/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::610 Medizin und Gesundheit::610 Medizin und Gesundheit||500 Naturwissenschaften und Mathematik::590 Tiere (Zoologie)::590 Tiere (Zoologie)</t>
   </si>