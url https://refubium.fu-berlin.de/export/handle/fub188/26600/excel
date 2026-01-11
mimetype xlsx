--- v0 (2025-10-21)
+++ v1 (2026-01-11)
@@ -92,51 +92,51 @@
   <si>
     <t>dcterms.bibliographicCitation.originalpublishername</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>82e401df-dd7c-458b-95ee-f20fd2664e45</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Köbis, Elisabeth||Köbis, Markus  A.||Qin, Xiaolong</t>
+    <t>Köbis, Elisabeth||Köbis, Markus A.||Qin, Xiaolong</t>
   </si>
   <si>
     <t>2020-02-06T13:57:49Z</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>This paper explores new notions of approximate minimality in set optimization using a set approach. We propose characterizations of several approximate minimal elements of families of sets in real linear spaces by means of general functionals, which can be unified in an inequality approach. As particular cases, we investigate the use of the prominent Tammer–Weidner nonlinear scalarizing functionals, without assuming any topology, in our context. We also derive numerical methods to obtain approximate minimal elements of families of finitely many sets by means of our obtained results.</t>
   </si>
   <si>
     <t>17 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/26600||http://dx.doi.org/10.17169/refubium-26357</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::510 Mathematik::510 Mathematik</t>
   </si>