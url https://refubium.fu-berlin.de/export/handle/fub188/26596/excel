--- v0 (2025-10-03)
+++ v1 (2025-12-30)
@@ -68,81 +68,81 @@
   <si>
     <t>dc.subject[en]</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.articlenumber</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.doi</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.originalpublishername[]</t>
+    <t>dcterms.bibliographicCitation.originalpublishername</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>d7867110-0ce6-4db2-b427-f8c4c5980282</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Grześkowiak, Łukasz||Pieper, Robert||Kröger, Susan||Martínez-Vallespín, Beatriz||Hauser, Anja  E.||Niesner, Raluca||Vahjen, Wilfried||Zentek, Jürgen</t>
+    <t>Grześkowiak, Łukasz M.||Pieper, Robert||Kröger, Susan||Martínez-Vallespín, Beatriz||Hauser, Anja E.||Niesner, Raluca||Vahjen, Wilfried||Zentek, Jürgen</t>
   </si>
   <si>
     <t>2020-02-06T11:37:04Z</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>Clostridioides difficile toxins are one of the main causative agents for the clinical symptoms observed during C. difficile infection in piglets. Porcine milk has been shown to strengthen the epithelial barrier function in the piglet’s intestine and may have the potential to neutralise clostridial toxins. We hypothesised that porcine colostrum exerts protective effects against those toxins in the IPEC-J2 cells and in the colon epithelium of healthy piglets. The IPEC-J2 cells were treated with either the toxins or porcine colostrum or their combination. Analyses included measurement of trans-epithelial electrical resistance (TEER), cell viability using propidium iodide by flow cytometry, gene expression of tight junction (TJ) proteins and immune markers, immunofluorescence (IF) histology of the cytoskeleton and a TJ protein assessment. Colon tissue explants from one- and two-week-old suckling piglets and from five-week-old weaned piglets were treated with C. difficile toxins in Ussing chamber assays to assess the permeability to macromolecules (FITC-dextran, HRP), followed by analysis of gene expression of TJ proteins and immune markers. Toxins decreased viability and integrity of IPEC-J2 cells in a time-dependent manner. Porcine colostrum exerted a protective effect against toxins as indicated by TEER and IF in IPEC-J2 cells. Toxins tended to increase paracellular permeability to macromolecules in colon tissues of two-week-old piglets and downregulated gene expression of occludin in colon tissues of five-week-old piglets (p = 0.05). Porcine milk including colostrum, besides other maternal factors, may be one of the important determinants of early immune programming towards protection from C. difficile infections in the offspring.</t>
   </si>
   <si>
     <t>14 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/26596||http://dx.doi.org/10.17169/refubium-26353</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::610 Medizin und Gesundheit::616 Krankheiten||600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft::636 Viehwirtschaft</t>
   </si>