--- v0 (2025-10-21)
+++ v1 (2025-12-10)
@@ -83,51 +83,51 @@
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.dnb</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>759fbab1-b617-435e-beba-7bcebd9816bb</t>
   </si>
   <si>
     <t>fub188/17||fub188/25173</t>
   </si>
   <si>
-    <t>Gellert, Christian Fürchtegott</t>
+    <t>Gellert, Christian Fürchtegott</t>
   </si>
   <si>
     <t>Grimm, Samuel Hieronymus||Guttenberg, Carl</t>
   </si>
   <si>
     <t>2019-10-22T09:00:08Z</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2019-10-18T06:50:55Z</t>
   </si>
   <si>
     <t>Digitalisat der Ausgabe von 1769, erschienen 2019</t>
   </si>
   <si>
     <t>146 Seiten, LVIII Seiten, Seite 62 - 203</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/25772||http://dx.doi.org/10.17169/refubium-25533</t>
   </si>