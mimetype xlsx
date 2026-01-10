--- v0 (2025-10-03)
+++ v1 (2026-01-10)
@@ -80,51 +80,51 @@
   <si>
     <t>dc.title.subtitle</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.series.name</t>
   </si>
   <si>
     <t>d98a2e4c-c043-4eb8-81ae-9f2ab2aa6735</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Guilyardi, Eric||Lescarmontier, Lydie||Matthews, Robin||Point, Sakina Pen||Rumjaun, Anwar Bhai||Schlüpmann, Jenny||Wilgenbus, David</t>
+    <t>Guilyardi, Éric||Lescarmontier, Lydie||Matthews, Robin||Point, Sakina Pen||Rumjaun, Anwar Bhai||Schlüpmann, Jenny||Wilgenbus, David</t>
   </si>
   <si>
     <t>Office for Climate Education</t>
   </si>
   <si>
     <t>2019-09-06T10:07:29Z</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>Traduction</t>
   </si>
   <si>
     <t>23 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/25438||http://dx.doi.org/10.17169/refubium-4142</t>
   </si>
   <si>
     <t>fre</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by-nc-sa/4.0/</t>
   </si>