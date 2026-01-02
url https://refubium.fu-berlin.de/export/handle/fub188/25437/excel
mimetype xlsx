--- v0 (2025-11-05)
+++ v1 (2026-01-02)
@@ -77,51 +77,51 @@
   <si>
     <t>dc.title.subtitle</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.series.name</t>
   </si>
   <si>
     <t>9402035c-8c20-47ab-9e3e-f34d9352085f</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Guilyardi, Eric||Lescarmontier, Lydie||Matthews, Robin||Point, Sakina Pen||Rumjaun, Anwar Bhai||Schlüpmann, Jenny||Wilgenbus, David</t>
+    <t>Guilyardi, Éric||Lescarmontier, Lydie||Matthews, Robin||Point, Sakina Pen||Rumjaun, Anwar Bhai||Schlüpmann, Jenny||Wilgenbus, David</t>
   </si>
   <si>
     <t>Office for Climate Education</t>
   </si>
   <si>
     <t>2019-09-06T09:51:44Z</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>Übersetzung</t>
   </si>
   <si>
     <t>23 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/25437||http://dx.doi.org/10.17169/refubium-4141</t>
   </si>
   <si>
     <t>ger</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by-nc-sa/4.0/</t>
   </si>