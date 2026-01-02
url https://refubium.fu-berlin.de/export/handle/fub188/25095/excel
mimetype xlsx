--- v0 (2025-10-15)
+++ v1 (2026-01-02)
@@ -98,51 +98,51 @@
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>c56cda0c-cee3-4fcd-bf9b-10047d51f167</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Parise, Mario||Gabrovsek, Franci||Kaufmann, Georg||Ravbar, Natasa</t>
+    <t>Parise, Mario||Gabrovšek, Franci||Kaufmann, Georg||Ravbar, Natasa</t>
   </si>
   <si>
     <t>2019-07-16T15:20:02Z</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>Karst landscapes and karst aquifers, which are composed of a variety of soluble rocks such as salt, gypsum, anhydrite, limestone, dolomite and quartzite, are fascinating areas of study. As karst rocks are abundant on the Earth's surface, the fast evolution of karst landscapes and the rapid flow of water through karst aquifers present challenges from a number of different perspectives. This collection of 25 papers deals with different aspects of these challenges, including karst geology, geomorphology and speleogenesis, karst hydrogeology, karst modelling, and karst hazards and management. Together these papers provide a state-of-the-art review of the current challenges and solutions in describing karst from a scientific perspective.</t>
   </si>
   <si>
     <t>24 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/25095||http://dx.doi.org/10.17169/refubium-2850</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::550 Geowissenschaften, Geologie::551 Geologie, Hydrologie, Meteorologie</t>
   </si>