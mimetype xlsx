--- v0 (2025-10-04)
+++ v1 (2026-01-09)
@@ -89,51 +89,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.note</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.url</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>e747f635-073d-4fa4-9a60-47e7effa6c03</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Hangleiter, D.||Kliesch, M.||Schwarz, M.||Eisert, J.</t>
+    <t>Hangleiter, Dominik||Kliesch, Martin||Schwarz, M.||Eisert, Jens</t>
   </si>
   <si>
     <t>2019-05-29T06:34:26Z</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>One of the main challenges in the field of quantum simulation and computation is to identify ways to
 certify the correct functioning of a device when a classical efficient simulation is not available.
 Important cases are situations in which one cannot classically calculate local expectation values of state
 preparations efficiently. In this work, we develop weak-membership formulations of the certification
 of ground state preparations.Weprovide a non-interactive protocol for certifying ground states of
 frustration-free Hamiltonians based on simple energy measurements of local Hamiltonian terms.
 This certification protocol can be applied to classically intractable analog quantum simulations: For
 example, using Feynman-Kitaev Hamiltonians, one can encode universal quantum computation in
 such ground states. Moreover, our certification protocol is applicable to ground state encodings of
 IQP circuits aiming at the demonstration of quantum supremacy. These can be certified efficiently
 when the error is polynomially bounded.</t>
   </si>
   <si>
     <t>12 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/24660||http://dx.doi.org/10.17169/refubium-2421</t>