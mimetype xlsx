--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -92,51 +92,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>9515dfa0-a389-45b6-aed9-db0da9a2defb</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Grassinger, Julia  M.||Merz, Sophie||Aupperle-Lellbach, Heike||Erhard, Hanna||Klopfleisch, Robert</t>
+    <t>Grassinger, Julia M.||Merz, Sophie||Aupperle-Lellbach, Heike||Erhard, Hanna||Klopfleisch, Robert</t>
   </si>
   <si>
     <t>2019-04-11T11:46:04Z</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>The presence of BRAF variant V595E, as well as an increased cyclooxygenase-2 (COX-2) expression in canine transitional cell carcinoma (TCC) are well-described in the literature. The aim of the present study was to investigate the correlation between breed (terrier versus non-terrier dogs), histological grade, COX-2 expression, and BRAF mutation in canine TCC. Therefore, transmural TCC biopsies from 65 dogs (15 terriers, 50 non-terriers) were graded histologically into low- and high-grade. Immunohistochemical evaluation of the intensity of COX-2 expression was performed using an immunoreactive score (IRS). Exon 15 of chromosome 16 was examined for the BRAF variant c.1799T&gt;A by TaqMan® SNP assay. TCC was low-grade in 20 cases (one terrier, 19 non-terriers) and high-grade in 45 cases (14 terriers, 31 non-terriers). Contrary to humans, histological grade was not significantly correlated to the intensity of COX-2 expression. BRAF mutation was detected in 11/15 (73%) TCC of terriers and in 18/50 (36%) TCC of non-terriers. Histological grade and BRAF mutation were not correlated significantly (p = 0.2912). Terriers had a considerably higher prevalence of high-grade tumors (p &lt; 0.0001), as well as of BRAF mutation (p ≤ 0.05) compared to non-terriers. In non-terriers, neoplasms with BRAF mutation showed a significantly higher intensity of COX-2 expression than those without BRAF mutation (p ≤ 0.05). In conclusion, in contrast to humans, testing for BRAF mutation in canine TCC is a sensitive diagnostic method especially in terriers (73%) and may be recommended as a screening test. However, evidence of BRAF mutation in canine TCC is not a predictor for the histological grade. Moreover, a positive correlation between histological grade and the intensity of COX-2 expression was not found. Further studies are necessary to clarify the clinical and prognostic relevance of the elevated intensity of COX-2 expression of TCC with BRAF mutation detected in non-terriers.</t>
   </si>
   <si>
     <t>15 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/24377||http://dx.doi.org/10.17169/refubium-2149</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::610 Medizin und Gesundheit::616 Krankheiten</t>
   </si>