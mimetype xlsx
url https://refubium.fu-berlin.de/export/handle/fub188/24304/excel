--- v0 (2025-10-03)
+++ v1 (2026-01-07)
@@ -95,51 +95,51 @@
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.note</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.url</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>a826e32a-0289-4731-8122-6eb0a57810fc</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Marchenko, T.||Inhester, L.||Goldsztejn, G.||Travnikova, O.||Journel, L.||Guillemin, R.||Ismail, I.||Koulentianos, D.||Céolin, D.||Püttner, Ralph||Piancastelli, M. N.||Simon, M.</t>
+    <t>Marchenko, T.||Inhester, L.||Goldsztejn, G.||Travnikova, O.||Journel, L.||Guillemin, R.||Ismail, I.||Koulentianos, Dimitris||Céolin, D.||Püttner, Ralph||Piancastelli, M. N.||Simon, M.</t>
   </si>
   <si>
     <t>2019-04-04T12:16:59Z</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>We present a combined experimental and theoretical study of the Auger-emission spectrum following double core ionization and excitation of gas-phase water molecules with hard-x-ray synchrotron radiation above the O K−2 threshold. We observe an indication of ultrafast proton motion occurring within the 1.5 fs lifetime of the double-core-hole (DCH) states in water. Furthermore, we have identified symmetric and antisymmetric dissociation modes characteristic for particular DCH states. Our results serve as a fundamental reference for state-of-the-art studies of DCH dynamic processes in liquid water both at synchrotron and free-electron-laser facilities.</t>
   </si>
   <si>
     <t>8 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/24304||http://dx.doi.org/10.17169/refubium-2076</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>500  Natural sciences and mathematics::530 Physics::539 Modern physics</t>
   </si>
   <si>
     <t>Autoionization &amp; Auger processes||Molecules||Hard x-ray photoelectron spectroscopy||Semiclassical methods</t>
   </si>