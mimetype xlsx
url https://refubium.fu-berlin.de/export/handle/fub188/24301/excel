--- v0 (2025-10-03)
+++ v1 (2026-01-09)
@@ -95,51 +95,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>80393b0e-ccc6-4155-a236-5e59d2a0a810</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Koulentianos, D.||Carniato, S.||Püttner, Ralph||Goldsztejn, G.||Marchenko, T.||Travnikova, O.||Journel, L.||Guillemin, R.||Céolin, D.||Rocco, M. L. M.||Piancastelli, M. N.||Feifel, R.||Simon, M.</t>
+    <t>Koulentianos, Dimitris||Carniato, S.||Püttner, Ralph||Goldsztejn, G.||Marchenko, T.||Travnikova, O.||Journel, L.||Guillemin, R.||Céolin, D.||Rocco, M. L. M.||Piancastelli, M. N.||Feifel, R.||Simon, M.</t>
   </si>
   <si>
     <t>2019-04-04T11:54:35Z</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>Spectra reflecting the formation of single-site double-core-hole pre-edge states involving the N 1s and C 1s core levels of acetonitrile have been recorded by means of high-resolution single-channel photoelectron spectroscopy using hard X-ray excitation. The data are interpreted with the aid of ab initio quantum chemical calculations, which take into account the direct or conjugate nature of this type of electronic states. Furthermore, the photoelectron spectra of N 1s and C 1s singly core-ionized states have been measured. From these spectra, the chemical shift between the two C 1s−1 states is estimated. Finally, by utilizing C 1s single and double core-ionization potentials, initial and final state effects for the two inequivalent carbon atoms have been investigated.</t>
   </si>
   <si>
     <t>10 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/24301||http://dx.doi.org/10.17169/refubium-2073</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>500  Natural sciences and mathematics::530 Physics::539 Modern physics</t>
   </si>