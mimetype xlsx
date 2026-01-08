--- v0 (2025-10-03)
+++ v1 (2026-01-08)
@@ -95,51 +95,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>31583402-d642-4695-9dcb-f26def0e7816</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Schulz, R.||Hansen, Y. von||Daldrop, Jan O.||Kappler, Julian||Noé, F.||Netz, Roland R.</t>
+    <t>Schulz, R.||Hansen, Yann von||Daldrop, Jan O.||Kappler, Julian||Noé, F.||Netz, Roland R.</t>
   </si>
   <si>
     <t>2019-03-28T12:19:49Z</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>We investigate barrier-crossing processes corresponding to collective hydrogen-bond rearrangements in liquid water using Markov state modeling techniques. The analysis is based on trajectories from classical molecular dynamics simulations and accounts for the full dynamics of relative angular and separation coordinates of water clusters and requires no predefined hydrogen bond criterium. We account for the complete 12-dimensional conformational subspace of three water molecules and distinguish five well-separated slow dynamic processes with relaxation times in the picosecond range, followed by a quasi-continuum spectrum of faster modes. By analysis of the Markov eigenstates, these processes are shown to correspond to different collective interchanges of hydrogen-bond donors and acceptors. Using a projection onto hydrogen-bond states, we also analyze the switching of one hydrogen bond between two acceptor water molecules and derive the complete transition network. The most probable pathway corresponds to a direct switch without an intermediate, in agreement with previous studies. However, a considerable fraction of paths proceeds along alternative routes that involve different intermediate states with short-lived alternative hydrogen bonds or weakly bound states.</t>
   </si>
   <si>
     <t>11 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/24217||http://dx.doi.org/10.17169/refubium-1989</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>500  Natural sciences and mathematics::530 Physics::530 Physics</t>
   </si>