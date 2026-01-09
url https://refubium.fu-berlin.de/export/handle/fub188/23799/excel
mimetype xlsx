--- v0 (2025-10-17)
+++ v1 (2026-01-09)
@@ -92,51 +92,51 @@
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>e82702aa-2777-41db-930c-6524e5abf73e</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Koulentianos, D.||Püttner, Ralph||Goldsztejn, G.||Marchenko, T.||Travnikova, O.||Journel, L.||Guillemin, R.||Céolin, D.||Piancastelli, M. N.||Simon, M.||Feifel, R.</t>
+    <t>Koulentianos, Dimitris||Püttner, Ralph||Goldsztejn, G.||Marchenko, T.||Travnikova, O.||Journel, L.||Guillemin, R.||Céolin, D.||Piancastelli, M. N.||Simon, M.||Feifel, R.</t>
   </si>
   <si>
     <t>2019-01-28T12:30:46Z</t>
   </si>
   <si>
     <t>2018-03-13</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>The formation of double core hole pre-edge states of the form
 1s−12p−1(1,3P)σ*,nl for HCl, located on the binding energy scale as deep as 3
 keV, has been investigated by means of a high resolution single channel
 electron spectroscopy technique recently developed for the hard X-ray region.
 A detailed spectroscopic assignment is performed based on ab initio quantum
 chemical calculations and by using a sophisticated fit model comprising
 regular Rydberg series. Quantum defects for the different Rydberg series are
 extracted and the energies for the associated double core hole ionization
 continua are extrapolated. Dynamical information such as the lifetime width of
 these double-core-hole pre-edge states and the slope of the related
 dissociative potential energy curves are also obtained. In addition,
 1s−12p−1V−1nlλn′l′λ′ double shake-up transitions and double core hole states
 of the form 1s−12s−1(1,3S)σ*,4s are observed.</t>
   </si>
@@ -164,51 +164,51 @@
   <si>
     <t>KL double core hole pre-edge states of HCl</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Physical Chemistry Chemical Physics. - 20 (2018), 4, S.2724-2730</t>
   </si>
   <si>
     <t>10.1039/C7CP04214K</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1039/C7CP04214K</t>
   </si>
   <si>
     <t>1463-9076</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
-    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::600</t>
+    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::0</t>
   </si>
   <si>
     <t>Open Access Publikation in Allianzlizenz</t>
   </si>
   <si>
     <t>FUDOCS_document_000000029294</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>