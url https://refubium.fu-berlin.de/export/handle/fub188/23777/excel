--- v0 (2025-11-02)
+++ v1 (2026-01-02)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="53">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
@@ -71,72 +71,75 @@
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.articlenumber</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.doi</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
+    <t>dcterms.isPartOf.eissn</t>
+  </si>
+  <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.note</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.url</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>1ed21d6c-9338-4c7c-873a-d273b371c620</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Kennes, D. M.||Schuricht, D.||Karrasch, C.</t>
+    <t>Kennes, Dante M.||Schuricht, D.||Karrasch, C.</t>
   </si>
   <si>
     <t>2019-01-24T11:03:39Z</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>We study the dynamics arising from a double quantum quench where the parameters of a given Hamiltonian are abruptly changed from being in an equilibrium phase A to a different phase B and back (A→B→A). As prototype models, we consider the (integrable) transverse Ising field as well as the (nonintegrable) ANNNI model. The return amplitude features nonanalyticities after the first quench through the equilibrium quantum critical point (A→B), which is routinely taken as a signature of passing through a so-called dynamical quantum phase transition. We demonstrate that nonanalyticities after the second quench (B→A) can be avoided and reestablished in a recurring manner upon increasing the time T spent in phase B. The system retains an infinite memory of its past state, and one has the intriguing opportunity to control at will whether or not dynamical quantum phase transitions appear after the second quench.</t>
   </si>
   <si>
     <t>6 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/23777||http://dx.doi.org/10.17169/refubium-1563</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik::530 Physik</t>
   </si>
   <si>
     <t>Nonequilibrium statistical mechanics||Phase transitions||1-dimensional spin chains||1-dimensional systems||Density matrix renormalization group||Exact solutions for many-body systems||Integrable systems||Matrix product states</t>
   </si>
@@ -146,51 +149,54 @@
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>184302</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.97.184302</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://doi.org/10.1103/PhysRevB.97.184302</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>2469-9950 (Print)||2469-9969 (Online)</t>
+    <t>2469-9969</t>
+  </si>
+  <si>
+    <t>2469-9950</t>
   </si>
   <si>
     <t>Copyright des Verlages</t>
   </si>
   <si>
     <t>http://journals.aps.org/copyrightFAQ.html#post</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -206,51 +212,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AA2"/>
+  <dimension ref="A1:AB2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -291,123 +297,129 @@
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
+      <c r="AA1" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="R2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="S2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="V2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="W2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="X2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="Y2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z2" t="s">
-        <v>50</v>
+        <v>51</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>