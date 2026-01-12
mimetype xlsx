--- v0 (2025-10-03)
+++ v1 (2026-01-12)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="53">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
@@ -71,72 +71,75 @@
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.articlenumber</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.doi</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
+    <t>dcterms.isPartOf.eissn[]</t>
+  </si>
+  <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.note</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.url</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>fd92e144-f6b8-4624-8ac0-0cd42ff86ba6</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Nietner, A.||Krumnow, C.||Bergholtz, Emil J.||Eisert, J.</t>
+    <t>Nietner, A.||Krumnow, Christian||Bergholtz, Emil J.||Eisert, Jens</t>
   </si>
   <si>
     <t>2019-01-18T10:39:30Z</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>Strongly correlated quantum many-body systems at low dimension exhibit a wealth of phenomena, ranging from features of geometric frustration to signatures of symmetry-protected topological order. In suitable descriptions of such systems, it can be helpful to resort to effective models, which focus on the essential degrees of freedom of the given model. In this work, we analyze how to determine the validity of an effective model by demanding it to be in the same phase as the original model. We focus our study on one-dimensional spin-1/2 systems and explain how nontrivial symmetry-protected topologically ordered (SPT) phases of an effective spin-1 model can arise depending on the couplings in the original Hamiltonian. In this analysis, tensor network methods feature in two ways: on the one hand, we make use of recent techniques for the classification of SPT phases using matrix product states in order to identify the phases in the effective model with those in the underlying physical system, employing Künneth's theorem for cohomology. As an intuitive paradigmatic model we exemplify the developed methodology by investigating the bilayered Δ chain. For strong ferromagnetic interlayer couplings, we find the system to transit into exactly the same phase as an effective spin-1 model. However, for weak but finite coupling strength, we identify a symmetry broken phase differing from this effective spin-1 description. On the other hand, we underpin our argument with a numerical analysis making use of matrix product states.</t>
   </si>
   <si>
     <t>12 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/23729||http://dx.doi.org/10.17169/refubium-1516</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik::530 Physik</t>
   </si>
   <si>
     <t>topological phases of matter||order parameters||quantum phase transitions</t>
   </si>
@@ -146,51 +149,54 @@
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>235138</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.96.235138</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://doi.org/10.1103/PhysRevB.96.235138</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>2469-9950 (Print)||2469-9950 (Print)</t>
+    <t>2469-9969</t>
+  </si>
+  <si>
+    <t>2469-9950 (Print)</t>
   </si>
   <si>
     <t>Copyright des Verlages</t>
   </si>
   <si>
     <t>http://journals.aps.org/copyrightFAQ.html#post</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -206,51 +212,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AA2"/>
+  <dimension ref="A1:AB2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -291,123 +297,129 @@
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
+      <c r="AA1" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="R2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="S2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="V2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="W2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="X2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="Y2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z2" t="s">
-        <v>50</v>
+        <v>51</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>