--- v0 (2025-10-03)
+++ v1 (2026-01-09)
@@ -6,206 +6,200 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="53">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
-    <t>dc.contributor.author[]</t>
-[...8 lines deleted...]
-    <t>dc.date.issued[]</t>
+    <t>dc.contributor.author</t>
+  </si>
+  <si>
+    <t>dc.date.accessioned</t>
+  </si>
+  <si>
+    <t>dc.date.available</t>
+  </si>
+  <si>
+    <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
-    <t>dc.format.extent[]</t>
+    <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
-    <t>dc.identifier.uri[]</t>
-[...8 lines deleted...]
-    <t>dc.subject.ddc[]</t>
+    <t>dc.language</t>
+  </si>
+  <si>
+    <t>dc.rights.uri</t>
+  </si>
+  <si>
+    <t>dc.subject.ddc</t>
   </si>
   <si>
     <t>dc.subject[en]</t>
   </si>
   <si>
-    <t>dc.title[]</t>
-[...2 lines deleted...]
-    <t>dc.type[]</t>
+    <t>dc.title</t>
+  </si>
+  <si>
+    <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.articlenumber[]</t>
-[...11 lines deleted...]
-    <t>dcterms.bibliographicCitation.volume[]</t>
+    <t>dcterms.bibliographicCitation.articlenumber</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.doi</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.journaltitle</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.url</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
-    <t>refubium.affiliation.other[]</t>
-[...2 lines deleted...]
-    <t>refubium.affiliation[]</t>
+    <t>refubium.affiliation</t>
+  </si>
+  <si>
+    <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
-    <t>refubium.note.author[]</t>
-[...2 lines deleted...]
-    <t>refubium.resourceType.isindependentpub[]</t>
+    <t>refubium.note.author</t>
+  </si>
+  <si>
+    <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>b4787426-df45-4e60-a918-427712400bb2</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Knorr, Sarah||Anguita, Juan||Cortazar, Julen T.||Hajdusek, Ondrej||Kopáček, Petr||Trentelman, Jos J.||Kershaw, Olivia||Hovius, Joppe W.||Nijhof, Ard M.</t>
+    <t>Knorr, Sarah||Anguita, Juan||Cortazar, Julen T.||Hajdušek, Ondřej||Kopáček, Petr||Trentelman, Jos J.||Kershaw, Olivia||Hovius, Joppe W.||Nijhof, Ard M.</t>
   </si>
   <si>
     <t>2018-12-12T09:20:25Z</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>Anti-tick vaccines have the potential to be an environmentally friendly and cost-effective option for tick control. In vaccine development, the identification of efficacious antigens forms the major bottleneck. In this study, the efficacy of immunization with recombinant ferritin 2 and native tick protein extracts (TPEs) against Ixodes ricinus infestations in calves was assessed in two immunization experiments. In the first experiment, each calf (n = 3) was immunized twice with recombinant ferritin 2 from I. ricinus (IrFER2), TPE consisting of soluble proteins from the internal organs of partially fed I. ricinus females, or adjuvant, respectively. In the second experiment, each calf (n = 4) was immunized with protein extracts from the midgut (ME) of partially fed females, the salivary glands (SGE) of partially fed females, a combination of ME and SGE, or adjuvant, respectively. Two weeks after the booster immunization, calves were challenged with 100 females and 200 nymphs. Blood was collected from the calves before the first and after the second immunization and fed to I. ricinus females and nymphs using an in vitro artificial tick feeding system. The two calves vaccinated with whole TPE and midgut extract (ME) showed hyperemia on tick bite sites 2 days post tick infestation and exudative blisters were observed in the ME-vaccinated animal, signs that were suggestive of a delayed type hypersensitivity (DTH) reaction. Significantly fewer ticks successfully fed on the three animals vaccinated with TPE, SGE, or ME. Adults fed on the TPE and ME vaccinated animals weighed significantly less. Tick feeding on the IrFER2 vaccinated calf was not impaired. The in vitro feeding of serum or fresh whole blood collected from the vaccinated animals did not significantly affect tick feeding success. Immunization with native I. ricinus TPEs thus conferred a strong immune response in calves and significantly reduced the feeding success of both nymphs and adults. In vitro feeding of serum or blood collected from vaccinated animals to ticks did not affect tick feeding, indicating that antibodies alone were not responsible for the observed vaccine immunity.</t>
   </si>
   <si>
     <t>11 Seiten</t>
   </si>
   <si>
-    <t>http://dx.doi.org/10.17169/refubium-1340</t>
-[...2 lines deleted...]
-    <t>https://refubium.fu-berlin.de/handle/fub188/23554</t>
+    <t>https://refubium.fu-berlin.de/handle/fub188/23554||http://dx.doi.org/10.17169/refubium-1340</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::610 Medizin und Gesundheit::614 Inzidenz und Prävention von Krankheiten||600 Technik, Medizin, angewandte Wissenschaften::610 Medizin und Gesundheit::616 Krankheiten||600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft::636 Viehwirtschaft</t>
   </si>
   <si>
     <t>Ixodes ricinus||anti-tick vaccine||salivary glands extract||midgut extract||ferritin||artificial tick feeding</t>
   </si>
   <si>
     <t>Preliminary Evaluation of Tick Protein Extracts and Recombinant Ferritin 2 as Anti-tick Vaccines Targeting Ixodes ricinus in Cattle</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>10.3389/fphys.2018.01696</t>
   </si>
   <si>
     <t>Frontiers in Physiology</t>
   </si>
   <si>
     <t>https://doi.org/10.3389/fphys.2018.01696</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>1664-042X</t>
   </si>
   <si>
-    <t>Institut für Parasitologie und Tropenveterinärmedizin:::2a66d747-b309-4cb6-9a31-2df4cf33dea6:::600</t>
-[...1 lines deleted...]
-  <si>
     <t>Veterinärmedizin</t>
+  </si>
+  <si>
+    <t>Institut für Parasitologie und Tropenveterinärmedizin:::2a66d747-b309-4cb6-9a31-2df4cf33dea6:::0</t>
   </si>
   <si>
     <t>Institutional Participation||Frontiers</t>
   </si>
   <si>
     <t>Die Publikation wurde aus Open Access Publikationsgeldern der Freien
 Universität Berlin und der DFG gefördert.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -219,51 +213,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AC2"/>
+  <dimension ref="A1:AB2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -307,132 +301,126 @@
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
-      <c r="AB1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
         <v>28</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>29</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>30</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
         <v>31</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>32</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>33</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>34</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>35</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>36</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>37</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>38</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>39</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>40</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>41</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>42</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>43</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>44</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>45</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>46</v>
       </c>
-      <c r="U2" t="s">
+      <c r="V2" t="s">
         <v>47</v>
       </c>
-      <c r="V2" t="s">
+      <c r="W2" t="s">
         <v>48</v>
       </c>
-      <c r="W2" t="s">
+      <c r="X2" t="s">
         <v>49</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>50</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="Z2" t="s">
         <v>51</v>
       </c>
-      <c r="Z2" t="s">
+      <c r="AA2" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>