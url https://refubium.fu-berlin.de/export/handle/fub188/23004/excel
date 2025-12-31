--- v0 (2025-10-04)
+++ v1 (2025-12-31)
@@ -104,51 +104,51 @@
   <si>
     <t>dcterms.rightsHolder.url</t>
   </si>
   <si>
     <t>refubium.affiliation.other[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author[de]</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub[de]</t>
   </si>
   <si>
     <t>a7a66104-ddc5-4d9a-9866-646d0e45da78</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Gabrielli, Luca||Altoè, Giulia||Glaeske, Mareen||Juergensen, Sabrina||Reich, Stephanie||Setaro, Antonio||Menna, Enzo||Mancin, Fabricio||Gatti, Theresa</t>
+    <t>Gabrielli, Luca||Altoè, Giulia||Glaeske, Mareen||Juergensen, Sabrina||Reich, Stephanie||Setaro, Antonio||Menna, Enzo||Mancin, Fabricio||Gatti, Teresa</t>
   </si>
   <si>
     <t>2018-09-26T10:06:30Z</t>
   </si>
   <si>
     <t>2018-03-20</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>We exploited a non‐covalent approach based on π‐stacking interactions to
 address the formation of hybrids between pyrene‐functionalized gold
 nanoparticles (PyAuNPs) and reduced graphene oxide (RGO), in which the former
 are distributed homogeneously on the surface of the latter with a high degree
 of coverage. We used water soluble PyAuNPs of two different average
 dimensions, namely 2 and 8 nm, in which the pendant pyrene moieties were
 introduced within a mixed monolayer with a choline derivative. The combination
 with RGO originates highly insoluble materials, in which microscopy evidences
 a complete adhesion of the PyAuNPs onto the carbon nanomaterial layers in a
 highly homogeneous fashion, with no traces of free particles, confirming the
 high affinity between pyrene‐functionalized species and conjugated carbon
 nanostructure surfaces.</t>
   </si>
   <si>