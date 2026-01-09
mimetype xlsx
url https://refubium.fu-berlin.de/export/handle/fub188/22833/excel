--- v0 (2025-10-20)
+++ v1 (2026-01-09)
@@ -6,152 +6,146 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="47">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
-    <t>dc.contributor.author[]</t>
-[...8 lines deleted...]
-    <t>dc.date.issued[]</t>
+    <t>dc.contributor.author</t>
+  </si>
+  <si>
+    <t>dc.date.accessioned</t>
+  </si>
+  <si>
+    <t>dc.date.available</t>
+  </si>
+  <si>
+    <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent[de]</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
-    <t>dc.identifier.uri[]</t>
-[...1 lines deleted...]
-  <si>
     <t>dc.language[de]</t>
   </si>
   <si>
     <t>dc.rights.uri[de]</t>
   </si>
   <si>
     <t>dc.subject.ddc[de]</t>
   </si>
   <si>
     <t>dc.subject[en]</t>
   </si>
   <si>
     <t>dc.title[de]</t>
   </si>
   <si>
     <t>dc.type[de]</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.articlenumber[]</t>
-[...5 lines deleted...]
-    <t>dcterms.bibliographicCitation.journaltitle[]</t>
+    <t>dcterms.bibliographicCitation.articlenumber</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.doi</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url[de]</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.volume[]</t>
+    <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub[de]</t>
   </si>
   <si>
     <t>1b6fd589-0c61-424b-8763-25cf99fbb436</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Seifert, T. S.||Tran, N. M.||Gueckstock, O.||Rouzegar, S. M.||Nadvornik, L.||Jaiswal, S.||Jakob, G.||Temnov, V. V.||Münzenberg, M.||Wolf, M.||Kläui, M.||Kampfrath, T.</t>
+    <t>Seifert, T. S.||Tran, N. M.||Gueckstock, Oliver||Rouzegar, S. M.||Nadvornik, L.||Jaiswal, S.||Jakob, G.||Temnov, V. V.||Münzenberg, M.||Wolf, M.||Kläui, M.||Kampfrath, T.</t>
   </si>
   <si>
     <t>2018-09-11T13:38:39Z</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>Identifying materials with an efficient spin-to-charge conversion is crucial for future spintronic applications. In this respect, the spin Hall effect is a central mechanism as it allows for the interconversion of spin and charge currents. Spintronic material research aims at maximizing its efficiency, quantified by the spin Hall angle and the spin-current relaxation length . We develop an all-optical contact-free method with large sample throughput that allows us to extract and . Employing terahertz spectroscopy and an analytical model, magnetic metallic heterostructures involving Pt, W and Cu80Ir20 are characterized in terms of their optical and spintronic properties. The validity of our analytical model is confirmed by the good agreement with literature DC values. For the samples considered here, we find indications that the interface plays a minor role for the spin-current transmission. Our findings establish terahertz emission spectroscopy as a reliable tool complementing the spintronics workbench.</t>
   </si>
   <si>
     <t>8 Seiten</t>
   </si>
   <si>
-    <t>http://dx.doi.org/10.17169/refubium-632</t>
-[...2 lines deleted...]
-    <t>https://refubium.fu-berlin.de/handle/fub188/22833</t>
+    <t>https://refubium.fu-berlin.de/handle/fub188/22833||http://dx.doi.org/10.17169/refubium-632</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/3.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::620 Ingenieurwissenschaften::621 Angewandte Physik</t>
   </si>
   <si>
     <t>terahertz emission spectroscopy||terahertz transmission spectroscopy||ultrafast spintronics||ultrafast spincaloritronics</t>
   </si>
   <si>
     <t>Terahertz spectroscopy for all-optical spintronic characterization of the spin-Hall-effect metals Pt, W and Cu80Ir20</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>364003</t>
   </si>
@@ -200,51 +194,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:Y2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -279,123 +273,117 @@
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
-      <c r="Y1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
         <v>25</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>26</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>27</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
         <v>28</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>29</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>30</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>31</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>32</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>33</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>34</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>35</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>36</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>37</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>38</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>39</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>40</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>41</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>42</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>43</v>
       </c>
-      <c r="U2" t="s">
+      <c r="V2" t="s">
         <v>44</v>
       </c>
-      <c r="V2" t="s">
+      <c r="W2" t="s">
         <v>45</v>
       </c>
-      <c r="W2" t="s">
+      <c r="X2" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>