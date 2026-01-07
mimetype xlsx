--- v0 (2025-10-22)
+++ v1 (2026-01-07)
@@ -6,173 +6,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="59">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
-    <t>dc.contributor.author[]</t>
-[...8 lines deleted...]
-    <t>dc.date.issued[]</t>
+    <t>dc.contributor.author</t>
+  </si>
+  <si>
+    <t>dc.date.accessioned</t>
+  </si>
+  <si>
+    <t>dc.date.available</t>
+  </si>
+  <si>
+    <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent[de]</t>
   </si>
   <si>
-    <t>dc.identifier.sepid[]</t>
+    <t>dc.identifier.sepid</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
-    <t>dc.identifier.uri[]</t>
-[...1 lines deleted...]
-  <si>
     <t>dc.language[de]</t>
   </si>
   <si>
     <t>dc.subject.ddc[de]</t>
   </si>
   <si>
     <t>dc.subject[en]</t>
   </si>
   <si>
     <t>dc.title.subtitle[de]</t>
   </si>
   <si>
     <t>dc.title[de]</t>
   </si>
   <si>
     <t>dc.type[de]</t>
   </si>
   <si>
     <t>dcterms.accessRights.dnb[de]</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.doi[]</t>
-[...5 lines deleted...]
-    <t>dcterms.bibliographicCitation.number[]</t>
+    <t>dcterms.bibliographicCitation.doi</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.journaltitle</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.pageend</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.pagestart</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url[de]</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.volume[]</t>
+    <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
-    <t>dcterms.rightsHolder.url[]</t>
+    <t>dcterms.rightsHolder.url</t>
   </si>
   <si>
     <t>refubium.affiliation.other[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub[de]</t>
   </si>
   <si>
     <t>3c75545d-d15a-4444-a941-2a586134618a</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Sezer, Murat||Woelke, Anna-Lena||Knapp, Ernst Walter||Schlesinger, Ramona||Mroginski, Maria Andrea||Weidinger, Inez M.</t>
+    <t>Sezer, Murat||Woelke, Anna-Lena||Knapp, Ernst-Walter||Schlesinger, Ramona||Mroginski, Maria Andrea||Weidinger, Inez M.</t>
   </si>
   <si>
     <t>2018-08-10T10:54:57Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>Understanding the coupling between heme reduction and proton translocation in cytochrome c oxidase (CcO) is still an open problem. The propionic acids of heme a3 have been proposed to act as a proton loading site (PLS) in the proton pumping pathway, yet this proposal could not be verified by experimental data so far. We have set up an experiment where the redox states of the two hemes in CcO can be controlled via external electrical potential. Surface enhanced resonance Raman (SERR) spectroscopy was applied to simultaneously monitor the redox state of the hemes and the protonation state of the heme propionates. Simulated spectra based on QM/MM calculations were used to assign the resonant enhanced CH2 twisting modes of the propionates to the protonation state of the individual heme a and heme a3 propionates respectively. The comparison between calculated and measured H2OD2O difference spectra allowed a sound band assignment. In the fully reduced enzyme at least three of the four heme propionates were found to be protonated whereas in the presence of a reduced heme a and an oxidized heme a3 only protonation of one heme a3 propionates was observed. Our data supports the postulated scenario where the heme a3 propionates are involved in the proton pathway.</t>
   </si>
   <si>
     <t>6 S.</t>
   </si>
   <si>
     <t>54983</t>
   </si>
   <si>
-    <t>http://dx.doi.org/10.17169/refubium-496</t>
-[...2 lines deleted...]
-    <t>https://refubium.fu-berlin.de/handle/fub188/22695</t>
+    <t>https://refubium.fu-berlin.de/handle/fub188/22695||http://dx.doi.org/10.17169/refubium-496</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik::530 Physik</t>
   </si>
   <si>
     <t>Cytochrome c oxidase||Proton pumping||Proton loading site||Surface enhanced Raman spectroscopy||QM/MM calculations</t>
   </si>
   <si>
     <t>Insights from surface enhanced resonance Raman spectroscopy and QM/MM calculations</t>
   </si>
   <si>
     <t>Redox induced protonation of heme propionates in cytochrome c oxidase</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>free</t>
   </si>
   <si>
     <t>open access</t>
   </si>
@@ -182,51 +176,51 @@
   <si>
     <t>Biochimica et Biophysica Acta (BBA) - Bioenergetics</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>https://doi.org/10.1016/j.bbabio.2016.10.009</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>0005-2728</t>
   </si>
   <si>
     <t>https://www.elsevier.com/about/policies/open-access-licenses/elsevier-user-license</t>
   </si>
   <si>
-    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::600</t>
+    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -236,51 +230,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AE2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -333,141 +327,135 @@
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
-      <c r="AE1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
         <v>31</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>32</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>33</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
         <v>34</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>35</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>36</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>37</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>38</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>39</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>40</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>41</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>42</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>43</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>44</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>45</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>46</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>47</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>48</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>49</v>
       </c>
-      <c r="U2" t="s">
+      <c r="V2" t="s">
         <v>50</v>
       </c>
-      <c r="V2" t="s">
+      <c r="W2" t="s">
         <v>51</v>
       </c>
-      <c r="W2" t="s">
+      <c r="X2" t="s">
         <v>52</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>53</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="Z2" t="s">
         <v>54</v>
       </c>
-      <c r="Z2" t="s">
+      <c r="AA2" t="s">
         <v>55</v>
       </c>
-      <c r="AA2" t="s">
+      <c r="AB2" t="s">
         <v>56</v>
       </c>
-      <c r="AB2" t="s">
+      <c r="AC2" t="s">
         <v>57</v>
       </c>
-      <c r="AC2" t="s">
+      <c r="AD2" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>