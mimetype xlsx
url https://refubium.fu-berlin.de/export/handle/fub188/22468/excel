--- v0 (2025-10-04)
+++ v1 (2025-12-09)
@@ -6,155 +6,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="49">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
-    <t>dc.contributor.author[]</t>
-[...8 lines deleted...]
-    <t>dc.date.issued[]</t>
+    <t>dc.contributor.author</t>
+  </si>
+  <si>
+    <t>dc.date.accessioned</t>
+  </si>
+  <si>
+    <t>dc.date.available</t>
+  </si>
+  <si>
+    <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent[de]</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
-    <t>dc.identifier.uri[]</t>
-[...1 lines deleted...]
-  <si>
     <t>dc.language[de]</t>
   </si>
   <si>
     <t>dc.rights.uri[de]</t>
   </si>
   <si>
     <t>dc.subject.ddc[de]</t>
   </si>
   <si>
     <t>dc.subject[en]</t>
   </si>
   <si>
     <t>dc.title[de]</t>
   </si>
   <si>
     <t>dc.type[de]</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.doi[]</t>
-[...5 lines deleted...]
-    <t>dcterms.bibliographicCitation.number[]</t>
+    <t>dcterms.bibliographicCitation.doi</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.journaltitle</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url[de]</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.volume[]</t>
+    <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.note.author[de]</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub[de]</t>
   </si>
   <si>
     <t>86ef14c8-4e49-4f45-9a2a-cd9db073df3f</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Ramaniuk, Aleksandr||Nguyen, Viet Hung||Giersing, Michael||Kempa, Krzysztof||Konotop, Vladimir V.||Trippenbach, Marek</t>
+    <t>Ramaniuk, Aleksandr||Nguyen, Viet Hung||Giersig, Michael||Kempa, Krzysztof||Konotop, Vladimir V.||Trippenbach, Marek</t>
   </si>
   <si>
     <t>2018-07-13T13:20:55Z</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>We present the study of the dynamics of a two-ring waveguide structure with space-dependent coupling, linear gain and nonlinear absorption; the system that can be implemented in polariton condensates, optical waveguides and nanocavities. We show that by turning on and off local coupling between rings, one can selectively generate a permanent vortex in one of the rings. We find that due to the modulation instability, it is also possible to observe several complex nonlinear phenomena, including spontaneous symmetry breaking, stable inhomogeneous states with an interesting structure of currents flowing between rings, the generation of stable symmetric and asymmetric circular flows with various vorticities, etc. The latter can be created in pairs (for relatively narrow coupling length) or as a single vortex in one of the channels, which later alternates between channels.</t>
   </si>
   <si>
     <t>13 Seiten</t>
   </si>
   <si>
-    <t>http://dx.doi.org/10.17169/refubium-275</t>
-[...2 lines deleted...]
-    <t>https://refubium.fu-berlin.de/handle/fub188/22468</t>
+    <t>https://refubium.fu-berlin.de/handle/fub188/22468||http://dx.doi.org/10.17169/refubium-275</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik::530 Physik</t>
   </si>
   <si>
     <t>coupled microrings||nonlinear Schrödinger equation||nonlinear modes||vortices||stability</t>
   </si>
   <si>
     <t>Vortex Creation without Stirring in Coupled Ring Resonators with Gain and Loss</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>10.3390/sym10060195</t>
   </si>
@@ -206,51 +200,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AA2"/>
+  <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -288,126 +282,120 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
-      <c r="Z1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
         <v>26</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>27</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>28</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
         <v>29</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>30</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>31</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>32</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>33</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>34</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>35</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>36</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>37</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>38</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>39</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>40</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>41</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>42</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>43</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>44</v>
       </c>
-      <c r="U2" t="s">
+      <c r="V2" t="s">
         <v>45</v>
       </c>
-      <c r="V2" t="s">
+      <c r="W2" t="s">
         <v>46</v>
       </c>
-      <c r="W2" t="s">
+      <c r="X2" t="s">
         <v>47</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>