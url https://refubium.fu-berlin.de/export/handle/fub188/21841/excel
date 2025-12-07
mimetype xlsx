--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
-    <t>dc.contributor.author</t>
+    <t>dc.contributor.institution</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.language</t>
   </si>
   <si>
     <t>dc.rights.uri</t>
   </si>
   <si>
     <t>dc.subject.ddc</t>
   </si>