--- v0 (2025-10-17)
+++ v1 (2026-01-02)
@@ -89,51 +89,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>b6e0bd8e-5eed-486d-9e4b-ffc61cabbe84</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Gisder, Sebastian||Schueler, Vivian||Horchler, Lennart L.||Groth, Detlef||Genersch, Elke</t>
+    <t>Gisder, Sebastian||Schueler, Vivian||Horchler, Lennart Ludwig||Groth, Detlef||Genersch, Elke</t>
   </si>
   <si>
     <t>2018-06-08T11:09:43Z</t>
   </si>
   <si>
     <t>2017-09-01T08:22:05.049Z</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>The Western honey bee (Apis mellifera) is widely used as commercial pollinator
 in worldwide agriculture and, therefore, plays an important role in global
 food security. Among the parasites and pathogens threatening health and
 survival of honey bees are two species of microsporidia, Nosema apis and
 Nosema ceranae. Nosema ceranae is considered an emerging pathogen of the
 Western honey bee. Reports on the spread of N. ceranae suggested that this
 presumably highly virulent species is replacing its more benign congener N.
 apis in the global A. mellifera population. We here present a 12 year
 longitudinal cohort study on the prevalence of N. apis and N. ceranae in
 Northeast Germany. Between 2005 and 2016, a cohort of about 230 honey bee
 colonies originating from 23 apiaries was sampled twice a year (spring and
 autumn) resulting in a total of 5,600 bee samples which were subjected to
 microscopic and molecular analysis for determining the presence of infections
 with N. apis or/and N. ceranae. Throughout the entire study period, both N.