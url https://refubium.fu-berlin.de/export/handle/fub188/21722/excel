--- v0 (2025-10-17)
+++ v1 (2026-01-03)
@@ -92,51 +92,51 @@
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>bc4d94ad-7067-486d-9e18-67fbcb3fdc2a</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Guilbaud, Camille S.E.||Guilbaud, Théophile G.D.P.V.</t>
+    <t>Guilbaud, Camille S. E.||Guilbaud, Théophile G. D. P. V.</t>
   </si>
   <si>
     <t>2018-06-08T11:09:37Z</t>
   </si>
   <si>
     <t>2017-10-19T09:08:45.065Z</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>This paper presents mosquito mapper: an android phone application created with
 the goal of giving science-driven citizens the means to monitor mosquito
 populations in an urban environment. Mosquito mapper allows the recording of
 mosquito encounters as well as conditions surrounding the encounter. It also
 features a rudimentary identification tool. The goal of the application is to
 create a database and construct a map of the encounters free to consult for
 citizens and scientists. Such database constitutes a necessary first step for
 the development of useful management strategies addressing potential human
 health threats induced by mosquitoes. The citizen scientist may voluntarily
 provide other additional information on the circumstances of the encounter
 that may contain scientifically useful information. We describe the current
 features of the application, showcase the limited data gathered so far, then
 discuss the strengths, limits, potential scientific value and suggest possible
 future extensions for the application. The original city for which the