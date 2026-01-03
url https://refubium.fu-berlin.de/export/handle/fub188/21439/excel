--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>ef16f2aa-cb80-4bc2-9422-8457393a2376</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Chen, S.||Palma-Vera, S. E.||Langhammer, M.||Galuska, S. P.||Braun, Beate C.||Krause, E.||Lucas-Hahn, A.||Schoen, J.</t>
+    <t>Chen, S.||Palma-Vera, S. E.||Langhammer, M.||Galuska, S. P.||Braun, Beate C.||Krause, Eberhard||Lucas-Hahn, A.||Schoen, J.</t>
   </si>
   <si>
     <t>2018-06-08T10:59:25Z</t>
   </si>
   <si>
     <t>2017-03-30T11:13:11.118Z</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>We developed an air-liquid interphase culture procedure for mammalian oviduct
 epithelial cells leading to the formation of functional epithelial tissues,
 which generate oviduct fluid surrogates. These in vitro oviduct epithelia can
 be co-cultured with living zygotes and enable embryonic development up to the
 blastocyst stage without addition of embryo culture medium. The described
 strategy is broadly applicable to analyze early embryo-maternal interactions
 under standardized in vitro conditions.</t>
   </si>
   <si>
     <t>7 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/21439||http://dx.doi.org/10.17169/refubium-24732</t>
   </si>